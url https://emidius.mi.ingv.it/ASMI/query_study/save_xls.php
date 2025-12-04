--- v0 (2025-11-13)
+++ v1 (2025-12-04)
@@ -4352,51 +4352,51 @@
   <si>
     <t>ZAMG, 2013</t>
   </si>
   <si>
     <t>ZAMG, 2013. Zentralanstalt für Meteorologie und Geodynamik, Seismische Beobachtungen 2013. Wien, 19 pp.</t>
   </si>
   <si>
     <t>ZANAL016</t>
   </si>
   <si>
     <t>Zanini et al., 2016</t>
   </si>
   <si>
     <t>Zanini M.A., Hofer L., Faleschini F., Zampieri P., Fabris N., Pellegrino C., 2016. Preliminary macroseismic survey of the 2016 Amatrice seismic sequence. Annals of Geophysics, 59, Fast Track 5, 6 pp. https://doi.org/10.4401/ag-7172</t>
   </si>
   <si>
     <t>ZIVC009</t>
   </si>
   <si>
     <t>Živčić, 2009</t>
   </si>
   <si>
     <t>Živcic M., 2009. Earthquake Catalogue of Slovenia. http://gis.arso.gov.si/atlasokolja/profile.aspx?id=Atlas_Okolja_AXL@Arso</t>
   </si>
   <si>
-    <t>File scaricato il 14th November 2025 alle 00:56 dall'Archivio Storico Macrosismico Italiano, https://emidius.mi.ingv.it/ASMI/</t>
+    <t>File scaricato il 4th December 2025 alle 05:30 dall'Archivio Storico Macrosismico Italiano, https://emidius.mi.ingv.it/ASMI/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -6171,51 +6171,51 @@
       </c>
       <c r="E62">
         <v>93</v>
       </c>
       <c r="F62">
         <v>31</v>
       </c>
       <c r="G62">
         <v>231</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>195</v>
       </c>
       <c r="B63" t="s">
         <v>196</v>
       </c>
       <c r="C63" t="s">
         <v>197</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="F63">
         <v>92</v>
       </c>
       <c r="G63">
         <v>178</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>198</v>
       </c>
       <c r="B64" t="s">
         <v>199</v>
       </c>
       <c r="C64" t="s">
         <v>200</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64">
         <v>1</v>
       </c>
       <c r="F64">
@@ -9779,83 +9779,83 @@
       </c>
       <c r="F222">
         <v>309</v>
       </c>
       <c r="G222">
         <v>34460</v>
       </c>
       <c r="H222" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>669</v>
       </c>
       <c r="B223" t="s">
         <v>669</v>
       </c>
       <c r="C223" t="s">
         <v>670</v>
       </c>
       <c r="D223" t="s">
         <v>15</v>
       </c>
       <c r="E223">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="F223">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="G223">
-        <v>42204</v>
+        <v>42206</v>
       </c>
       <c r="H223" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>671</v>
       </c>
       <c r="B224" t="s">
         <v>671</v>
       </c>
       <c r="C224" t="s">
         <v>672</v>
       </c>
       <c r="D224" t="s">
         <v>11</v>
       </c>
       <c r="E224">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="F224">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="G224">
-        <v>43204</v>
+        <v>43206</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>673</v>
       </c>
       <c r="B225" t="s">
         <v>673</v>
       </c>
       <c r="C225" t="s">
         <v>674</v>
       </c>
       <c r="D225" t="s">
         <v>11</v>
       </c>
       <c r="E225">
         <v>1613</v>
       </c>
       <c r="F225">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>675</v>
@@ -13678,51 +13678,51 @@
       </c>
       <c r="E394">
         <v>1</v>
       </c>
       <c r="F394">
         <v>0</v>
       </c>
       <c r="G394">
         <v>1293</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
         <v>1172</v>
       </c>
       <c r="B395" t="s">
         <v>1173</v>
       </c>
       <c r="C395" t="s">
         <v>1174</v>
       </c>
       <c r="D395" t="s">
         <v>11</v>
       </c>
       <c r="E395">
-        <v>2605</v>
+        <v>2607</v>
       </c>
       <c r="F395">
         <v>0</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
         <v>1175</v>
       </c>
       <c r="B396" t="s">
         <v>1176</v>
       </c>
       <c r="C396" t="s">
         <v>1177</v>
       </c>
       <c r="D396" t="s">
         <v>11</v>
       </c>
       <c r="E396">
         <v>68</v>
       </c>
       <c r="F396">
         <v>65</v>
       </c>
       <c r="G396">