--- v1 (2025-12-04)
+++ v2 (2025-12-15)
@@ -4352,51 +4352,51 @@
   <si>
     <t>ZAMG, 2013</t>
   </si>
   <si>
     <t>ZAMG, 2013. Zentralanstalt für Meteorologie und Geodynamik, Seismische Beobachtungen 2013. Wien, 19 pp.</t>
   </si>
   <si>
     <t>ZANAL016</t>
   </si>
   <si>
     <t>Zanini et al., 2016</t>
   </si>
   <si>
     <t>Zanini M.A., Hofer L., Faleschini F., Zampieri P., Fabris N., Pellegrino C., 2016. Preliminary macroseismic survey of the 2016 Amatrice seismic sequence. Annals of Geophysics, 59, Fast Track 5, 6 pp. https://doi.org/10.4401/ag-7172</t>
   </si>
   <si>
     <t>ZIVC009</t>
   </si>
   <si>
     <t>Živčić, 2009</t>
   </si>
   <si>
     <t>Živcic M., 2009. Earthquake Catalogue of Slovenia. http://gis.arso.gov.si/atlasokolja/profile.aspx?id=Atlas_Okolja_AXL@Arso</t>
   </si>
   <si>
-    <t>File scaricato il 4th December 2025 alle 05:30 dall'Archivio Storico Macrosismico Italiano, https://emidius.mi.ingv.it/ASMI/</t>
+    <t>File scaricato il 15th December 2025 alle 04:19 dall'Archivio Storico Macrosismico Italiano, https://emidius.mi.ingv.it/ASMI/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4708,51 +4708,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_18alb/ii_18alb.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-9-1/668-correlazione-tra-sismicita-ed-elementi-strutturali-nell-isola-d-ischia/file" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2268/145560" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publi2-as.oma.be/record/1661/files/Les_Seismes_en_Europe_occidentale_de_394_a_1259.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ims.forth.gr/ims/turkish_studies/publications.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2002" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2003" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2006" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2009" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_8bar/ii_8bar.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/sites/default/files/2023-08/bgta42.1.2_BARBANO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://renass.unistra.fr" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdmfc.u-strasbg.fr/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdmfc.u-strasbg.fr/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2122/16564" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/sites/default/files/2023-08/bgta41.2_BERNARDIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2122/3465" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.crs.inogs.it/bollettino/RSFVG/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bollettinosismico.rm.ingv.it/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2005-vol-46-2-3/journalistic-communication-17th-18th-centuries-and-its-influence" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/eqs/010717/VAL_VENOSTA/rilievo.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ingegneriasismica.org/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2011" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2011" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.franceseisme.fr/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gngts.ogs.it/archivio/files/2019/GNGTS_1.1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gngts.ogs.it/archivio/files/2019/GNGTS_1.1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2122/2565" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.patroneditore.com/SISMICA/riviste/articoli/3647/il_terremoto_del_1789_a_citt_di_castello_ricostruzione_dellimpatto_e_della_distribuzione_dei_danni_a_partire_da_documenti_inediti.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2004-vol-45-1-2/between-tevere-and-arno-preliminary-revision-seismicity-casentino" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arso.gov.si/potresi/poro%C4%8Dila%20in%20publikacije/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.annalsofgeophysics.eu/index.php/annals/issue/view/268" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://storing.ingv.it/cfti/cfti4/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/rapporti-tecnici-ingv/archivio/rapporti-tecnici%202014/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipzs.it/ext/editoria.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.isprambiente.gov.it/it/pubblicazioni/periodici-tecnici/memorie-descrittive-della-carta-geologica-ditalia/la-geologia-di-roma.-il-centro-storico" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.isprambiente.gov.it/it/pubblicazioni/periodici-tecnici/memorie-descrittive-della-carta-geologica-ditalia/la-geologia-di-roma.-il-centro-storico" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hitseddb.ethz.ch:8080/ecos09/fake-events.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hitseddb.ethz.ch:8080/ecos09/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_9eis/ii_9eis.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2009" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lavegliacarlone.it/index.php?page=shop.product_details&amp;flypage=flypage_pinux.tpl&amp;product_id=144&amp;category_id=23&amp;option=com_virtuemart&amp;Itemid=4" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2122/16596" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ilmiolibro.kataweb.it/libro/scienza-e-tecnica/12385/il-terremoto-del-1905-della-calabria-meridionale/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2008-vol-49-2/taranta1-effect-1743-earthquake-salento-apulia-southern-italy" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-14-1/454-il-terremoto-del-9-settembre-1998-nel-quadro-della-sismicita-storica-del-confine-calabro-lucano-possibili-implicazioni-sismotettoniche" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-18-2/288-i-terremoti-del-gennaio-1117-ipotesi-di-un-epicentro-nel-cremonese/file" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.casanova.ch/shop/detail.cfm?ID=415" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globalcmt.org" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opac.geologie.ac.at/ais312/dokumente/Abhandlungen_67.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_20ham/ii_20ham.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://storing.ingv.it/ISS/index.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arso.gov.si/potresi/poro%C4%8Dila%20in%20publikacije/Potresi%20v%20letu%202015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_11lam/ii_11lam.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.schweizerbart.de/publications/detail/artno/186084200" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.schweizerbart.de/publications/detail/artno/186083600" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipzs.it/ext/editoria.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipzs.it/ext/editoria.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2002" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editoria.ingv.it/archivio_pdf/qdg/57/pdf/qdg_57.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socgeol.info/Ricerca/pubblicazioni.asp?act=see&amp;type=Memorie&amp;y=1987&amp;v=37&amp;f=2" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://earthquake.usgs.gov/earthquakes/search/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://earthquake.usgs.gov/data/pde.php" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/NT/CONSNT.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gngts.ogs.it/archivio/files/2016/S11/Riassunti/Pallone.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ziti.gr/vivlio/papazaxos-vasilis-papazaxoy-katerina-the-earthquakes-of-greece/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/233214114_I_terremoti_del_XIX_secolo_dell'Appennino_Campano-Lucano" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-18-2/289-studio-macrosismico-del-terremoto-dell-aquilano-del-24-giugno-1958" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.storiapatriabruzzo.it/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2006-vol-47-1-2/calabrian-seismicity-during-viceroyalty-naples-sources-silence-or-silent" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.seismo.ethz.ch/en/home/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.seismo.ethz.ch/it/research-and-teaching/products-software/moment-tensors/earlier-mt-catalogues/index.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://unesdoc.unesco.org/Ulis/cgi-bin/ulis.pl?catno=142404" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://unesdoc.unesco.org/Ulis/cgi-bin/ulis.pl?catno=47723" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/donnees_faux.asp" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sisfrance.irsn.fr/faux-seisme--" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/earth+sciences+and+geography/hydrogeology/book/978-0-7923-4614-2" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/archivio/quaderni-di-geofisica-2014/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-19-2/276-studio-macrosismico-del-terremoto-del-gran-sasso-italia-centrale-del-5-settembre-1950-implicazioni-sismotettoniche/file" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2008" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.itsak.gr/en/db/data/macroseismic_data/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.europa.eu/it/publication-detail/-/publication/2b9030a6-ffe2-479a-943e-8366a0190d22/language-en/format-PDF/source-31628716" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://itaca.mi.ingv.it" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zamg.ac.at/cms/de/geophysik/erdbeben/erdbebenarchiv/erdbebenmeldungen-neu" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zamg.ac.at/geophysik/Reports/Jahrbuch/JAHRBUCH_2013-deutsch.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gis.arso.gov.si/atlasokolja/profile.aspx?id=Atlas_Okolja_AXL@Arso" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/ASMI/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_18alb/ii_18alb.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-9-1/668-correlazione-tra-sismicita-ed-elementi-strutturali-nell-isola-d-ischia/file" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2268/145560" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publi2-as.oma.be/record/1661/files/Les_Seismes_en_Europe_occidentale_de_394_a_1259.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ims.forth.gr/ims/turkish_studies/publications.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2002" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2003" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2006" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2009" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_8bar/ii_8bar.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/sites/default/files/2023-08/bgta42.1.2_BARBANO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://renass.unistra.fr" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdmfc.u-strasbg.fr/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdmfc.u-strasbg.fr/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2122/16564" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/sites/default/files/2023-08/bgta41.2_BERNARDIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2122/3465" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.crs.inogs.it/bollettino/RSFVG/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bollettinosismico.rm.ingv.it/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2005-vol-46-2-3/journalistic-communication-17th-18th-centuries-and-its-influence" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/eqs/010717/VAL_VENOSTA/rilievo.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ingegneriasismica.org/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2011" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2011" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.franceseisme.fr/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gngts.ogs.it/archivio/files/2019/GNGTS_1.1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gngts.ogs.it/archivio/files/2019/GNGTS_1.1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2122/2565" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.patroneditore.com/SISMICA/riviste/articoli/3647/il_terremoto_del_1789_a_citt_di_castello_ricostruzione_dellimpatto_e_della_distribuzione_dei_danni_a_partire_da_documenti_inediti.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2004-vol-45-1-2/between-tevere-and-arno-preliminary-revision-seismicity-casentino" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arso.gov.si/potresi/poro%C4%8Dila%20in%20publikacije/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.annalsofgeophysics.eu/index.php/annals/issue/view/268" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://storing.ingv.it/cfti/cfti4/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/rapporti-tecnici-ingv/archivio/rapporti-tecnici%202014/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipzs.it/ext/editoria.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.isprambiente.gov.it/it/pubblicazioni/periodici-tecnici/memorie-descrittive-della-carta-geologica-ditalia/la-geologia-di-roma.-il-centro-storico" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.isprambiente.gov.it/it/pubblicazioni/periodici-tecnici/memorie-descrittive-della-carta-geologica-ditalia/la-geologia-di-roma.-il-centro-storico" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hitseddb.ethz.ch:8080/ecos09/fake-events.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ecos09.seismo.ethz.ch/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_9eis/ii_9eis.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2009" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lavegliacarlone.it/index.php?page=shop.product_details&amp;flypage=flypage_pinux.tpl&amp;product_id=144&amp;category_id=23&amp;option=com_virtuemart&amp;Itemid=4" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2122/16596" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ilmiolibro.kataweb.it/libro/scienza-e-tecnica/12385/il-terremoto-del-1905-della-calabria-meridionale/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2008-vol-49-2/taranta1-effect-1743-earthquake-salento-apulia-southern-italy" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-14-1/454-il-terremoto-del-9-settembre-1998-nel-quadro-della-sismicita-storica-del-confine-calabro-lucano-possibili-implicazioni-sismotettoniche" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-18-2/288-i-terremoti-del-gennaio-1117-ipotesi-di-un-epicentro-nel-cremonese/file" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.casanova.ch/shop/detail.cfm?ID=415" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globalcmt.org" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opac.geologie.ac.at/ais312/dokumente/Abhandlungen_67.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_20ham/ii_20ham.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://storing.ingv.it/ISS/index.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arso.gov.si/potresi/poro%C4%8Dila%20in%20publikacije/Potresi%20v%20letu%202015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_11lam/ii_11lam.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.schweizerbart.de/publications/detail/artno/186084200" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.schweizerbart.de/publications/detail/artno/186083600" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipzs.it/ext/editoria.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipzs.it/ext/editoria.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2002" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editoria.ingv.it/archivio_pdf/qdg/57/pdf/qdg_57.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socgeol.info/Ricerca/pubblicazioni.asp?act=see&amp;type=Memorie&amp;y=1987&amp;v=37&amp;f=2" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://earthquake.usgs.gov/earthquakes/search/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://earthquake.usgs.gov/data/pde.php" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/NT/CONSNT.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gngts.ogs.it/archivio/files/2016/S11/Riassunti/Pallone.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ziti.gr/vivlio/papazaxos-vasilis-papazaxoy-katerina-the-earthquakes-of-greece/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/233214114_I_terremoti_del_XIX_secolo_dell'Appennino_Campano-Lucano" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-18-2/289-studio-macrosismico-del-terremoto-dell-aquilano-del-24-giugno-1958" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.storiapatriabruzzo.it/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2006-vol-47-1-2/calabrian-seismicity-during-viceroyalty-naples-sources-silence-or-silent" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.seismo.ethz.ch/en/home/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.seismo.ethz.ch/it/research-and-teaching/products-software/moment-tensors/earlier-mt-catalogues/index.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://unesdoc.unesco.org/Ulis/cgi-bin/ulis.pl?catno=142404" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://unesdoc.unesco.org/Ulis/cgi-bin/ulis.pl?catno=47723" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/donnees_faux.asp" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sisfrance.irsn.fr/faux-seisme--" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/earth+sciences+and+geography/hydrogeology/book/978-0-7923-4614-2" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/archivio/quaderni-di-geofisica-2014/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-19-2/276-studio-macrosismico-del-terremoto-del-gran-sasso-italia-centrale-del-5-settembre-1950-implicazioni-sismotettoniche/file" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2008" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.itsak.gr/en/db/data/macroseismic_data/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.europa.eu/it/publication-detail/-/publication/2b9030a6-ffe2-479a-943e-8366a0190d22/language-en/format-PDF/source-31628716" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://itaca.mi.ingv.it" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zamg.ac.at/cms/de/geophysik/erdbeben/erdbebenarchiv/erdbebenmeldungen-neu" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zamg.ac.at/geophysik/Reports/Jahrbuch/JAHRBUCH_2013-deutsch.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gis.arso.gov.si/atlasokolja/profile.aspx?id=Atlas_Okolja_AXL@Arso" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/ASMI/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:H489"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="200" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
@@ -8611,57 +8611,57 @@
       </c>
       <c r="E172">
         <v>1</v>
       </c>
       <c r="F172">
         <v>1</v>
       </c>
       <c r="G172">
         <v>78</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>521</v>
       </c>
       <c r="B173" t="s">
         <v>522</v>
       </c>
       <c r="C173" t="s">
         <v>523</v>
       </c>
       <c r="D173" t="s">
         <v>15</v>
       </c>
       <c r="E173">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F173">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G173">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>524</v>
       </c>
       <c r="B174" t="s">
         <v>525</v>
       </c>
       <c r="C174" t="s">
         <v>526</v>
       </c>
       <c r="D174" t="s">
         <v>11</v>
       </c>
       <c r="E174">
         <v>1</v>
       </c>
       <c r="F174">
         <v>1</v>
       </c>
       <c r="G174">
         <v>14</v>
       </c>
     </row>
@@ -13678,51 +13678,51 @@
       </c>
       <c r="E394">
         <v>1</v>
       </c>
       <c r="F394">
         <v>0</v>
       </c>
       <c r="G394">
         <v>1293</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
         <v>1172</v>
       </c>
       <c r="B395" t="s">
         <v>1173</v>
       </c>
       <c r="C395" t="s">
         <v>1174</v>
       </c>
       <c r="D395" t="s">
         <v>11</v>
       </c>
       <c r="E395">
-        <v>2607</v>
+        <v>2608</v>
       </c>
       <c r="F395">
         <v>0</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
         <v>1175</v>
       </c>
       <c r="B396" t="s">
         <v>1176</v>
       </c>
       <c r="C396" t="s">
         <v>1177</v>
       </c>
       <c r="D396" t="s">
         <v>11</v>
       </c>
       <c r="E396">
         <v>68</v>
       </c>
       <c r="F396">
         <v>65</v>
       </c>
       <c r="G396">