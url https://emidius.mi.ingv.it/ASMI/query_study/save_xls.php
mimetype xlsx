--- v2 (2025-12-15)
+++ v3 (2026-01-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ASMI - Studi" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1447">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1456">
   <si>
     <t>Codice</t>
   </si>
   <si>
     <t>Citazione breve</t>
   </si>
   <si>
     <t>Citazione completa</t>
   </si>
   <si>
     <t>Lingua</t>
   </si>
   <si>
     <t>Numero di terremoti</t>
   </si>
   <si>
     <t>Numero di terremoti con MDP</t>
   </si>
   <si>
     <t>Numero di MDP</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
@@ -1838,50 +1838,59 @@
   <si>
     <t>Castelli and Bernardini, 2006</t>
   </si>
   <si>
     <t>Castelli V., Bernardini F., 2006. Unearthing earthquakes in the Sienese Crete: how we improved the seismic catalogue of a low seismicity area. Proc. First European Conference on Earthquake Engineering and Seismology, Geneva, Switzerland, 3-8 September 2006, Paper Number: 837, 9 pp. https://hdl.handle.net/2122/2565</t>
   </si>
   <si>
     <t>CASCA005</t>
   </si>
   <si>
     <t>Castelli and Camassi, 2005</t>
   </si>
   <si>
     <t>Castelli V., Camassi R., 2005. The shadow-zone of large Italian earthquakes. Early journalistic sources and their perception of 17th-18th centuries seismicity. Journal of Earthquake Engineering, 9, 3, 333-348. https://doi.org/10.1080/13632460509350545</t>
   </si>
   <si>
     <t>CASAL996</t>
   </si>
   <si>
     <t>Castelli et al., 1996</t>
   </si>
   <si>
     <t>Castelli V., Monachesi G., Moroni A., Stucchi M. (eds.), 1996. I terremoti toscani dall'anno 1000 al 1880: schede sintetiche. GNDT, Rapporto interno, Macerata-Milano, 314 pp.</t>
   </si>
   <si>
+    <t>CASAL998</t>
+  </si>
+  <si>
+    <t>Castelli et al., 1998</t>
+  </si>
+  <si>
+    <t>Castelli V., Monachesi G., Stucchi M. 1998. La sismicità maggiore dell'Appennino umbro-marchigiano. GNDT, Rapporto tecnico, Macerata-Milano, 175 pp.</t>
+  </si>
+  <si>
     <t>CASAL008</t>
   </si>
   <si>
     <t>Castelli et al., 2008</t>
   </si>
   <si>
     <t>Castelli V., Galli P., Camassi R., Caracciolo C.H., 2008. The 1561 earthquake(s) in Southern Italy: New Insights into a Complex Seismic Sequence. Journal of Earthquake Engineering, 12, 7, 1054-1077. https://doi.org/10.1080/13632460801890356</t>
   </si>
   <si>
     <t>CASAL016</t>
   </si>
   <si>
     <t>Castelli et al., 2016</t>
   </si>
   <si>
     <t>Castelli V., Camassi R., Cattaneo M., Cece F., Menichetti M., Sannipoli E. A., Monachesi G., 2016. Materiali per una storia sismica del territorio di Gubbio: terremoti noti e ignoti, riscoperti e rivalutati. Quaderni di Geofisica, 133, 200 pp. https://doi.org/10.13127/qdg/133</t>
   </si>
   <si>
     <t>CAST997</t>
   </si>
   <si>
     <t>Castelli, 1997</t>
   </si>
   <si>
     <t>Castelli V., 1997. Analisi attraverso i repertori di terremoti verificatisi in area campana, matese e lucana prima del 1691. 11 ottobre 1125 - Benevento. Rapporto interno, Istituto Nazionale di Geofisica e Vulcanologia, 7 pp.</t>
@@ -4226,62 +4235,80 @@
   <si>
     <t>TERAL020</t>
   </si>
   <si>
     <t>Tertulliani et al., 2020</t>
   </si>
   <si>
     <t>Tertulliani A., Graziani L., Esposito A., 2020. How Historical Seismology Can Benefit from Bureaucracy: The Case of the “Lettere Patenti” in the City of Rome in 1703. Seismological Research Letters, 91, 5, 2511-2519. https://doi.org/10.1785/0220200046</t>
   </si>
   <si>
     <t>TERAL022</t>
   </si>
   <si>
     <t>Tertulliani et al., 2022</t>
   </si>
   <si>
     <t>Tertulliani A., Graziani L., Locati M., 2022. Nuovo studio della sequenza sismica del gennaio-febbraio 1703 in Italia centrale. Quaderni di Geofisica, 178, 576, https://doi.org/10.13127/qdg/178</t>
   </si>
   <si>
     <t>TERAL022a</t>
   </si>
   <si>
     <t>Tertulliani et al., 2022a</t>
   </si>
   <si>
-    <t>Tertulliani A., Antonucci A., Berardi M., Borghi A., Brunelli G., Caracciolo C. H., Castellano C., D'Amico V., Del Mese S., Ercolani E., Filosa S., Graziani L., Hailemikael S., Rovida A., Vannoli P., Anderlini L., Arcoraci L., Azzaro R., Bernardini F., Castelli V., Fodarella A., Lanza T., Maramai A., Pinzi S. (2022). Rapporto macrosismico sul terremoto del 9/11/2022 della costa Marchigiana. Istituto Nazionale di Geofisica e Vulcanologia (INGV). https://doi.org/10.13127/quest/20221109</t>
+    <t>Tertulliani A., Antonucci A., Berardi M., Borghi A., Brunelli G., Caracciolo C. H., Castellano C., D'Amico V., Del Mese S., Ercolani E., Filosa S., Graziani L., Hailemikael S., Rovida A., Vannoli P., Anderlini L., Arcoraci L., Azzaro R., Bernardini F., Castelli V., Fodarella A., Lanza T., Maramai A., Pinzi S., 2022. Rapporto macrosismico sul terremoto del 9/11/2022 della costa Marchigiana. Istituto Nazionale di Geofisica e Vulcanologia (INGV). https://doi.org/10.13127/quest/20221109</t>
   </si>
   <si>
     <t>TERAL024</t>
   </si>
   <si>
     <t>Tertulliani et al., 2024</t>
   </si>
   <si>
     <t>Tertulliani A., Antonucci A., Bernardini F., Castelli V., Ercolani E., Graziani L., Maramai A., Orlando M., Rossi A., Tuvè T., 2024. Macroseismic intensity data related to 45 Italian earthquakes from 1985 to 2006 [dataset]. Istituto Nazionale di Geofisica e Vulcanologia (INGV). https://doi.org/10.13127/macroseismic/teral024</t>
   </si>
   <si>
+    <t>TERAL025a</t>
+  </si>
+  <si>
+    <t>Tertulliani et al., 2025a</t>
+  </si>
+  <si>
+    <t>Tertulliani A., Antonucci A., Bernardini F., Castelli V., Ercolani E., Graziani L., Maramai A., Orlando M., Rossi A., Tuvè T., 2025. A comprehensive integrated macroseismic dataset from multiple earthquake studies. Earth Syst. Sci. Data, 17, 4063–4077, https://doi.org/10.5194/essd-17-4063-2025</t>
+  </si>
+  <si>
+    <t>TERAL025b</t>
+  </si>
+  <si>
+    <t>Tertulliani et al., 2025b</t>
+  </si>
+  <si>
+    <t>Tertulliani A., Graziani L., Rossi A., 2025. Re-appraisal of the seismic history of the city of Rome (Italy): new intensity assessments and unresolved issues. Bull Earthquake Eng (2025), https://doi.org/10.1007/s10518-025-02317-4</t>
+  </si>
+  <si>
     <t>TERT990</t>
   </si>
   <si>
     <t>Tertulliani, 1990</t>
   </si>
   <si>
     <t>Tertulliani A., 1990. Indagine sugli effetti del terremoto del Canavese 11 febbraio 1990. Rapporto interno, Istituto Nazionale di Geofisica (ING), Roma, 4 pp.</t>
   </si>
   <si>
     <t>TERT015</t>
   </si>
   <si>
     <t>Tertulliani, 2015</t>
   </si>
   <si>
     <t>Tertulliani A., 2015. Il terremoto del 12 giugno 1995 a Roma. Rapporto interno, Istituto Nazionale di Geofisica e Vulcanologia, Roma, 7 pp.</t>
   </si>
   <si>
     <t>TUVAZ022</t>
   </si>
   <si>
     <t>Tuvè and Azzaro, 2022</t>
   </si>
   <si>
     <t>Tuvè T., Azzaro R., 2022. Rilievo macrosismico del terremoto di Mazzarrone (Sicilia meridionale, prov. di Catania) 8 dicembre 2022 - ore 20:26 locali. Istituto Nazionale di Geofisica e Vulcanologia (INGV). https://doi.org/10.13127/quest/20221208</t>
@@ -4352,51 +4379,51 @@
   <si>
     <t>ZAMG, 2013</t>
   </si>
   <si>
     <t>ZAMG, 2013. Zentralanstalt für Meteorologie und Geodynamik, Seismische Beobachtungen 2013. Wien, 19 pp.</t>
   </si>
   <si>
     <t>ZANAL016</t>
   </si>
   <si>
     <t>Zanini et al., 2016</t>
   </si>
   <si>
     <t>Zanini M.A., Hofer L., Faleschini F., Zampieri P., Fabris N., Pellegrino C., 2016. Preliminary macroseismic survey of the 2016 Amatrice seismic sequence. Annals of Geophysics, 59, Fast Track 5, 6 pp. https://doi.org/10.4401/ag-7172</t>
   </si>
   <si>
     <t>ZIVC009</t>
   </si>
   <si>
     <t>Živčić, 2009</t>
   </si>
   <si>
     <t>Živcic M., 2009. Earthquake Catalogue of Slovenia. http://gis.arso.gov.si/atlasokolja/profile.aspx?id=Atlas_Okolja_AXL@Arso</t>
   </si>
   <si>
-    <t>File scaricato il 15th December 2025 alle 04:19 dall'Archivio Storico Macrosismico Italiano, https://emidius.mi.ingv.it/ASMI/</t>
+    <t>File scaricato il 14th January 2026 alle 09:53 dall'Archivio Storico Macrosismico Italiano, https://emidius.mi.ingv.it/ASMI/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4716,51 +4743,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_18alb/ii_18alb.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-9-1/668-correlazione-tra-sismicita-ed-elementi-strutturali-nell-isola-d-ischia/file" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2268/145560" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publi2-as.oma.be/record/1661/files/Les_Seismes_en_Europe_occidentale_de_394_a_1259.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ims.forth.gr/ims/turkish_studies/publications.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2002" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2003" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2006" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2009" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_8bar/ii_8bar.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/sites/default/files/2023-08/bgta42.1.2_BARBANO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://renass.unistra.fr" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdmfc.u-strasbg.fr/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdmfc.u-strasbg.fr/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2122/16564" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/sites/default/files/2023-08/bgta41.2_BERNARDIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2122/3465" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.crs.inogs.it/bollettino/RSFVG/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bollettinosismico.rm.ingv.it/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2005-vol-46-2-3/journalistic-communication-17th-18th-centuries-and-its-influence" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/eqs/010717/VAL_VENOSTA/rilievo.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ingegneriasismica.org/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2011" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2011" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.franceseisme.fr/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gngts.ogs.it/archivio/files/2019/GNGTS_1.1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gngts.ogs.it/archivio/files/2019/GNGTS_1.1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2122/2565" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.patroneditore.com/SISMICA/riviste/articoli/3647/il_terremoto_del_1789_a_citt_di_castello_ricostruzione_dellimpatto_e_della_distribuzione_dei_danni_a_partire_da_documenti_inediti.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2004-vol-45-1-2/between-tevere-and-arno-preliminary-revision-seismicity-casentino" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arso.gov.si/potresi/poro%C4%8Dila%20in%20publikacije/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.annalsofgeophysics.eu/index.php/annals/issue/view/268" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://storing.ingv.it/cfti/cfti4/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/rapporti-tecnici-ingv/archivio/rapporti-tecnici%202014/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipzs.it/ext/editoria.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.isprambiente.gov.it/it/pubblicazioni/periodici-tecnici/memorie-descrittive-della-carta-geologica-ditalia/la-geologia-di-roma.-il-centro-storico" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.isprambiente.gov.it/it/pubblicazioni/periodici-tecnici/memorie-descrittive-della-carta-geologica-ditalia/la-geologia-di-roma.-il-centro-storico" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hitseddb.ethz.ch:8080/ecos09/fake-events.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ecos09.seismo.ethz.ch/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_9eis/ii_9eis.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2009" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lavegliacarlone.it/index.php?page=shop.product_details&amp;flypage=flypage_pinux.tpl&amp;product_id=144&amp;category_id=23&amp;option=com_virtuemart&amp;Itemid=4" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2122/16596" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ilmiolibro.kataweb.it/libro/scienza-e-tecnica/12385/il-terremoto-del-1905-della-calabria-meridionale/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2008-vol-49-2/taranta1-effect-1743-earthquake-salento-apulia-southern-italy" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-14-1/454-il-terremoto-del-9-settembre-1998-nel-quadro-della-sismicita-storica-del-confine-calabro-lucano-possibili-implicazioni-sismotettoniche" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-18-2/288-i-terremoti-del-gennaio-1117-ipotesi-di-un-epicentro-nel-cremonese/file" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.casanova.ch/shop/detail.cfm?ID=415" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globalcmt.org" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opac.geologie.ac.at/ais312/dokumente/Abhandlungen_67.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_20ham/ii_20ham.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://storing.ingv.it/ISS/index.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arso.gov.si/potresi/poro%C4%8Dila%20in%20publikacije/Potresi%20v%20letu%202015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_11lam/ii_11lam.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.schweizerbart.de/publications/detail/artno/186084200" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.schweizerbart.de/publications/detail/artno/186083600" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipzs.it/ext/editoria.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipzs.it/ext/editoria.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2002" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editoria.ingv.it/archivio_pdf/qdg/57/pdf/qdg_57.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socgeol.info/Ricerca/pubblicazioni.asp?act=see&amp;type=Memorie&amp;y=1987&amp;v=37&amp;f=2" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://earthquake.usgs.gov/earthquakes/search/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://earthquake.usgs.gov/data/pde.php" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/NT/CONSNT.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gngts.ogs.it/archivio/files/2016/S11/Riassunti/Pallone.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ziti.gr/vivlio/papazaxos-vasilis-papazaxoy-katerina-the-earthquakes-of-greece/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/233214114_I_terremoti_del_XIX_secolo_dell'Appennino_Campano-Lucano" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-18-2/289-studio-macrosismico-del-terremoto-dell-aquilano-del-24-giugno-1958" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.storiapatriabruzzo.it/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2006-vol-47-1-2/calabrian-seismicity-during-viceroyalty-naples-sources-silence-or-silent" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.seismo.ethz.ch/en/home/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.seismo.ethz.ch/it/research-and-teaching/products-software/moment-tensors/earlier-mt-catalogues/index.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://unesdoc.unesco.org/Ulis/cgi-bin/ulis.pl?catno=142404" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://unesdoc.unesco.org/Ulis/cgi-bin/ulis.pl?catno=47723" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/donnees_faux.asp" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sisfrance.irsn.fr/faux-seisme--" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/earth+sciences+and+geography/hydrogeology/book/978-0-7923-4614-2" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/archivio/quaderni-di-geofisica-2014/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-19-2/276-studio-macrosismico-del-terremoto-del-gran-sasso-italia-centrale-del-5-settembre-1950-implicazioni-sismotettoniche/file" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2008" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.itsak.gr/en/db/data/macroseismic_data/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.europa.eu/it/publication-detail/-/publication/2b9030a6-ffe2-479a-943e-8366a0190d22/language-en/format-PDF/source-31628716" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://itaca.mi.ingv.it" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zamg.ac.at/cms/de/geophysik/erdbeben/erdbebenarchiv/erdbebenmeldungen-neu" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zamg.ac.at/geophysik/Reports/Jahrbuch/JAHRBUCH_2013-deutsch.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gis.arso.gov.si/atlasokolja/profile.aspx?id=Atlas_Okolja_AXL@Arso" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/ASMI/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H489"/>
+  <dimension ref="A1:H492"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="200" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -6148,57 +6175,57 @@
       </c>
       <c r="F61">
         <v>1</v>
       </c>
       <c r="G61">
         <v>6</v>
       </c>
       <c r="H61" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>192</v>
       </c>
       <c r="B62" t="s">
         <v>193</v>
       </c>
       <c r="C62" t="s">
         <v>194</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="F62">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G62">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>195</v>
       </c>
       <c r="B63" t="s">
         <v>196</v>
       </c>
       <c r="C63" t="s">
         <v>197</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63">
         <v>107</v>
       </c>
       <c r="F63">
         <v>92</v>
       </c>
       <c r="G63">
         <v>178</v>
       </c>
     </row>
@@ -9287,6620 +9314,6686 @@
       </c>
       <c r="D201" t="s">
         <v>11</v>
       </c>
       <c r="E201">
         <v>80</v>
       </c>
       <c r="F201">
         <v>67</v>
       </c>
       <c r="G201">
         <v>1727</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>608</v>
       </c>
       <c r="B202" t="s">
         <v>609</v>
       </c>
       <c r="C202" t="s">
         <v>610</v>
       </c>
       <c r="D202" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E202">
-        <v>3</v>
+        <v>42</v>
       </c>
       <c r="F202">
-        <v>3</v>
+        <v>40</v>
       </c>
       <c r="G202">
-        <v>59</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>611</v>
       </c>
       <c r="B203" t="s">
         <v>612</v>
       </c>
       <c r="C203" t="s">
         <v>613</v>
       </c>
       <c r="D203" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E203">
-        <v>90</v>
+        <v>3</v>
       </c>
       <c r="F203">
-        <v>83</v>
+        <v>3</v>
       </c>
       <c r="G203">
-        <v>156</v>
+        <v>59</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>614</v>
       </c>
       <c r="B204" t="s">
         <v>615</v>
       </c>
       <c r="C204" t="s">
         <v>616</v>
       </c>
       <c r="D204" t="s">
         <v>11</v>
       </c>
       <c r="E204">
-        <v>1</v>
+        <v>90</v>
       </c>
       <c r="F204">
-        <v>1</v>
+        <v>83</v>
       </c>
       <c r="G204">
-        <v>1</v>
+        <v>156</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>617</v>
       </c>
       <c r="B205" t="s">
         <v>618</v>
       </c>
       <c r="C205" t="s">
         <v>619</v>
       </c>
       <c r="D205" t="s">
         <v>11</v>
       </c>
       <c r="E205">
         <v>1</v>
       </c>
       <c r="F205">
         <v>1</v>
       </c>
       <c r="G205">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>620</v>
       </c>
       <c r="B206" t="s">
         <v>621</v>
       </c>
       <c r="C206" t="s">
         <v>622</v>
       </c>
       <c r="D206" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E206">
         <v>1</v>
       </c>
       <c r="F206">
         <v>1</v>
       </c>
       <c r="G206">
-        <v>33</v>
+        <v>73</v>
+      </c>
+      <c r="H206" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>623</v>
       </c>
       <c r="B207" t="s">
         <v>624</v>
       </c>
       <c r="C207" t="s">
         <v>625</v>
       </c>
       <c r="D207" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E207">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F207">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G207">
-        <v>183</v>
+        <v>33</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>626</v>
       </c>
       <c r="B208" t="s">
         <v>627</v>
       </c>
       <c r="C208" t="s">
         <v>628</v>
       </c>
       <c r="D208" t="s">
         <v>11</v>
       </c>
       <c r="E208">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="F208">
-        <v>28</v>
+        <v>7</v>
       </c>
       <c r="G208">
-        <v>59</v>
+        <v>183</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>629</v>
       </c>
       <c r="B209" t="s">
         <v>630</v>
       </c>
       <c r="C209" t="s">
         <v>631</v>
       </c>
       <c r="D209" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E209">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="F209">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="G209">
-        <v>21</v>
+        <v>59</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>632</v>
       </c>
       <c r="B210" t="s">
         <v>633</v>
       </c>
       <c r="C210" t="s">
         <v>634</v>
       </c>
       <c r="D210" t="s">
         <v>15</v>
       </c>
       <c r="E210">
-        <v>33</v>
+        <v>1</v>
       </c>
       <c r="F210">
-        <v>27</v>
+        <v>1</v>
       </c>
       <c r="G210">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>21</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>635</v>
       </c>
       <c r="B211" t="s">
         <v>636</v>
       </c>
       <c r="C211" t="s">
         <v>637</v>
       </c>
       <c r="D211" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E211">
-        <v>1</v>
+        <v>33</v>
       </c>
       <c r="F211">
-        <v>1</v>
+        <v>27</v>
       </c>
       <c r="G211">
-        <v>2</v>
+        <v>145</v>
+      </c>
+      <c r="H211" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>638</v>
       </c>
       <c r="B212" t="s">
         <v>639</v>
       </c>
       <c r="C212" t="s">
         <v>640</v>
       </c>
       <c r="D212" t="s">
         <v>11</v>
       </c>
       <c r="E212">
-        <v>242</v>
+        <v>1</v>
       </c>
       <c r="F212">
-        <v>242</v>
+        <v>1</v>
       </c>
       <c r="G212">
-        <v>4986</v>
+        <v>2</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>641</v>
       </c>
       <c r="B213" t="s">
         <v>642</v>
       </c>
       <c r="C213" t="s">
         <v>643</v>
       </c>
       <c r="D213" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E213">
-        <v>1</v>
+        <v>242</v>
       </c>
       <c r="F213">
-        <v>0</v>
+        <v>242</v>
+      </c>
+      <c r="G213">
+        <v>4986</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>644</v>
       </c>
       <c r="B214" t="s">
         <v>645</v>
       </c>
       <c r="C214" t="s">
         <v>646</v>
       </c>
       <c r="D214" t="s">
-        <v>647</v>
+        <v>15</v>
       </c>
       <c r="E214">
         <v>1</v>
       </c>
       <c r="F214">
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
+        <v>647</v>
+      </c>
+      <c r="B215" t="s">
         <v>648</v>
       </c>
-      <c r="B215" t="s">
+      <c r="C215" t="s">
         <v>649</v>
       </c>
-      <c r="C215" t="s">
+      <c r="D215" t="s">
         <v>650</v>
-      </c>
-[...1 lines deleted...]
-        <v>647</v>
       </c>
       <c r="E215">
         <v>1</v>
       </c>
       <c r="F215">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>651</v>
       </c>
       <c r="B216" t="s">
         <v>652</v>
       </c>
       <c r="C216" t="s">
         <v>653</v>
       </c>
       <c r="D216" t="s">
-        <v>15</v>
+        <v>650</v>
       </c>
       <c r="E216">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F216">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>810</v>
+        <v>0</v>
+      </c>
+      <c r="H216" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>654</v>
       </c>
       <c r="B217" t="s">
         <v>655</v>
       </c>
       <c r="C217" t="s">
         <v>656</v>
       </c>
       <c r="D217" t="s">
-        <v>647</v>
+        <v>15</v>
       </c>
       <c r="E217">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F217">
         <v>1</v>
       </c>
       <c r="G217">
-        <v>327</v>
+        <v>810</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>657</v>
       </c>
       <c r="B218" t="s">
         <v>658</v>
       </c>
       <c r="C218" t="s">
         <v>659</v>
       </c>
       <c r="D218" t="s">
-        <v>15</v>
+        <v>650</v>
       </c>
       <c r="E218">
         <v>1</v>
       </c>
       <c r="F218">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G218">
+        <v>327</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>660</v>
       </c>
       <c r="B219" t="s">
         <v>661</v>
       </c>
       <c r="C219" t="s">
         <v>662</v>
       </c>
       <c r="D219" t="s">
         <v>15</v>
       </c>
       <c r="E219">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F219">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>61</v>
+        <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>663</v>
       </c>
       <c r="B220" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C220" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="D220" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E220">
-        <v>345</v>
+        <v>6</v>
       </c>
       <c r="F220">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G220">
-        <v>19071</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>61</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="B221" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="C221" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="D221" t="s">
         <v>11</v>
       </c>
       <c r="E221">
-        <v>557</v>
+        <v>345</v>
       </c>
       <c r="F221">
-        <v>246</v>
+        <v>0</v>
       </c>
       <c r="G221">
-        <v>30776</v>
+        <v>19071</v>
       </c>
       <c r="H221" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="B222" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="C222" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="D222" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E222">
-        <v>602</v>
+        <v>557</v>
       </c>
       <c r="F222">
-        <v>309</v>
+        <v>246</v>
       </c>
       <c r="G222">
-        <v>34460</v>
+        <v>30776</v>
       </c>
       <c r="H222" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="B223" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="C223" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="D223" t="s">
         <v>15</v>
       </c>
       <c r="E223">
-        <v>1227</v>
+        <v>602</v>
       </c>
       <c r="F223">
-        <v>1110</v>
+        <v>309</v>
       </c>
       <c r="G223">
-        <v>42206</v>
+        <v>34460</v>
       </c>
       <c r="H223" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B224" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="C224" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="D224" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E224">
-        <v>1231</v>
+        <v>1227</v>
       </c>
       <c r="F224">
-        <v>1119</v>
+        <v>1110</v>
       </c>
       <c r="G224">
-        <v>43206</v>
+        <v>42206</v>
+      </c>
+      <c r="H224" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="B225" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="C225" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="D225" t="s">
         <v>11</v>
       </c>
       <c r="E225">
-        <v>1613</v>
+        <v>1231</v>
       </c>
       <c r="F225">
-        <v>0</v>
+        <v>1119</v>
+      </c>
+      <c r="G225">
+        <v>43206</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="B226" t="s">
         <v>676</v>
       </c>
       <c r="C226" t="s">
         <v>677</v>
       </c>
       <c r="D226" t="s">
         <v>11</v>
       </c>
       <c r="E226">
-        <v>44</v>
+        <v>1613</v>
       </c>
       <c r="F226">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>696</v>
+        <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>678</v>
       </c>
       <c r="B227" t="s">
         <v>679</v>
       </c>
       <c r="C227" t="s">
         <v>680</v>
       </c>
       <c r="D227" t="s">
         <v>11</v>
       </c>
       <c r="E227">
-        <v>1</v>
+        <v>44</v>
       </c>
       <c r="F227">
-        <v>1</v>
+        <v>36</v>
       </c>
       <c r="G227">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>696</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>681</v>
       </c>
       <c r="B228" t="s">
         <v>682</v>
       </c>
       <c r="C228" t="s">
         <v>683</v>
       </c>
       <c r="D228" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E228">
         <v>1</v>
       </c>
       <c r="F228">
         <v>1</v>
       </c>
       <c r="G228">
-        <v>159</v>
+        <v>16</v>
+      </c>
+      <c r="H228" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>684</v>
       </c>
       <c r="B229" t="s">
         <v>685</v>
       </c>
       <c r="C229" t="s">
         <v>686</v>
       </c>
       <c r="D229" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E229">
         <v>1</v>
       </c>
       <c r="F229">
         <v>1</v>
       </c>
       <c r="G229">
-        <v>50</v>
+        <v>159</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>687</v>
       </c>
       <c r="B230" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="C230" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="D230" t="s">
         <v>11</v>
       </c>
       <c r="E230">
-        <v>2264</v>
+        <v>1</v>
       </c>
       <c r="F230">
-        <v>1003</v>
+        <v>1</v>
       </c>
       <c r="G230">
-        <v>59265</v>
+        <v>50</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="B231" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C231" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="D231" t="s">
         <v>11</v>
       </c>
       <c r="E231">
-        <v>3159</v>
+        <v>2264</v>
       </c>
       <c r="F231">
-        <v>1523</v>
+        <v>1003</v>
       </c>
       <c r="G231">
-        <v>82053</v>
+        <v>59265</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="B232" t="s">
         <v>692</v>
       </c>
       <c r="C232" t="s">
         <v>693</v>
       </c>
+      <c r="D232" t="s">
+        <v>11</v>
+      </c>
       <c r="E232">
-        <v>4894</v>
+        <v>3159</v>
       </c>
       <c r="F232">
-        <v>3229</v>
+        <v>1523</v>
       </c>
       <c r="G232">
-        <v>123981</v>
+        <v>82053</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>694</v>
       </c>
       <c r="B233" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="C233" t="s">
-        <v>695</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>696</v>
       </c>
       <c r="E233">
-        <v>2202</v>
+        <v>4894</v>
       </c>
       <c r="F233">
-        <v>1</v>
+        <v>3229</v>
       </c>
       <c r="G233">
-        <v>53529</v>
+        <v>123981</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="B234" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="C234" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="D234" t="s">
         <v>11</v>
       </c>
       <c r="E234">
-        <v>949</v>
+        <v>2202</v>
       </c>
       <c r="F234">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G234">
+        <v>53529</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="B235" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C235" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="D235" t="s">
         <v>11</v>
       </c>
       <c r="E235">
-        <v>634</v>
+        <v>949</v>
       </c>
       <c r="F235">
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="B236" t="s">
         <v>701</v>
       </c>
       <c r="C236" t="s">
         <v>702</v>
       </c>
       <c r="D236" t="s">
         <v>11</v>
       </c>
       <c r="E236">
-        <v>2</v>
+        <v>634</v>
       </c>
       <c r="F236">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>703</v>
       </c>
       <c r="B237" t="s">
         <v>704</v>
       </c>
       <c r="C237" t="s">
         <v>705</v>
       </c>
       <c r="D237" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E237">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F237">
         <v>0</v>
+      </c>
+      <c r="H237" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>706</v>
       </c>
       <c r="B238" t="s">
         <v>707</v>
       </c>
       <c r="C238" t="s">
         <v>708</v>
       </c>
       <c r="D238" t="s">
         <v>15</v>
       </c>
       <c r="E238">
         <v>1</v>
       </c>
       <c r="F238">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>709</v>
       </c>
       <c r="B239" t="s">
         <v>710</v>
       </c>
       <c r="C239" t="s">
         <v>711</v>
       </c>
       <c r="D239" t="s">
-        <v>712</v>
+        <v>15</v>
       </c>
       <c r="E239">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F239">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G239">
+        <v>89</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
+        <v>712</v>
+      </c>
+      <c r="B240" t="s">
         <v>713</v>
       </c>
-      <c r="B240" t="s">
+      <c r="C240" t="s">
         <v>714</v>
       </c>
-      <c r="C240" t="s">
+      <c r="D240" t="s">
         <v>715</v>
       </c>
-      <c r="D240" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E240">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F240">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>716</v>
       </c>
       <c r="B241" t="s">
         <v>717</v>
       </c>
       <c r="C241" t="s">
         <v>718</v>
       </c>
       <c r="D241" t="s">
         <v>11</v>
       </c>
       <c r="E241">
         <v>1</v>
       </c>
       <c r="F241">
         <v>1</v>
       </c>
       <c r="G241">
-        <v>20</v>
+        <v>27</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>719</v>
       </c>
       <c r="B242" t="s">
         <v>720</v>
       </c>
       <c r="C242" t="s">
         <v>721</v>
       </c>
       <c r="D242" t="s">
         <v>11</v>
       </c>
       <c r="E242">
         <v>1</v>
       </c>
       <c r="F242">
         <v>1</v>
       </c>
       <c r="G242">
         <v>20</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>722</v>
       </c>
       <c r="B243" t="s">
         <v>723</v>
       </c>
       <c r="C243" t="s">
         <v>724</v>
       </c>
       <c r="D243" t="s">
         <v>11</v>
       </c>
       <c r="E243">
         <v>1</v>
       </c>
       <c r="F243">
         <v>1</v>
       </c>
       <c r="G243">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>725</v>
       </c>
       <c r="B244" t="s">
         <v>726</v>
       </c>
       <c r="C244" t="s">
         <v>727</v>
       </c>
       <c r="D244" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E244">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F244">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G244">
+        <v>25</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>728</v>
       </c>
       <c r="B245" t="s">
         <v>729</v>
       </c>
       <c r="C245" t="s">
         <v>730</v>
       </c>
       <c r="D245" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E245">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F245">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>731</v>
       </c>
       <c r="B246" t="s">
         <v>732</v>
       </c>
       <c r="C246" t="s">
         <v>733</v>
       </c>
       <c r="D246" t="s">
         <v>11</v>
       </c>
       <c r="E246">
-        <v>28</v>
+        <v>1</v>
       </c>
       <c r="F246">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="G246">
-        <v>809</v>
+        <v>21</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>734</v>
       </c>
       <c r="B247" t="s">
         <v>735</v>
       </c>
       <c r="C247" t="s">
         <v>736</v>
       </c>
       <c r="D247" t="s">
         <v>11</v>
       </c>
       <c r="E247">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="F247">
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="G247">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>809</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>737</v>
       </c>
       <c r="B248" t="s">
         <v>738</v>
       </c>
       <c r="C248" t="s">
         <v>739</v>
       </c>
       <c r="D248" t="s">
         <v>11</v>
       </c>
       <c r="E248">
         <v>1</v>
       </c>
       <c r="F248">
         <v>1</v>
       </c>
       <c r="G248">
-        <v>75</v>
+        <v>98</v>
       </c>
       <c r="H248" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>740</v>
       </c>
       <c r="B249" t="s">
         <v>741</v>
       </c>
       <c r="C249" t="s">
         <v>742</v>
       </c>
       <c r="D249" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E249">
         <v>1</v>
       </c>
       <c r="F249">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G249">
+        <v>75</v>
+      </c>
+      <c r="H249" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>743</v>
       </c>
       <c r="B250" t="s">
         <v>744</v>
       </c>
       <c r="C250" t="s">
         <v>745</v>
       </c>
       <c r="D250" t="s">
         <v>15</v>
       </c>
       <c r="E250">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="F250">
         <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>746</v>
       </c>
       <c r="B251" t="s">
         <v>747</v>
       </c>
       <c r="C251" t="s">
         <v>748</v>
       </c>
       <c r="D251" t="s">
         <v>15</v>
       </c>
       <c r="E251">
-        <v>7</v>
+        <v>23</v>
       </c>
       <c r="F251">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>749</v>
       </c>
       <c r="B252" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C252" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="D252" t="s">
         <v>15</v>
       </c>
       <c r="E252">
-        <v>351</v>
+        <v>7</v>
       </c>
       <c r="F252">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>3870</v>
+        <v>0</v>
+      </c>
+      <c r="H252" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="B253" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="C253" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="D253" t="s">
         <v>15</v>
       </c>
       <c r="E253">
-        <v>564</v>
+        <v>351</v>
       </c>
       <c r="F253">
-        <v>262</v>
+        <v>99</v>
       </c>
       <c r="G253">
-        <v>4357</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>3870</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="B254" t="s">
         <v>754</v>
       </c>
       <c r="C254" t="s">
         <v>755</v>
       </c>
       <c r="D254" t="s">
         <v>15</v>
       </c>
       <c r="E254">
-        <v>1</v>
+        <v>564</v>
       </c>
       <c r="F254">
-        <v>1</v>
+        <v>262</v>
       </c>
       <c r="G254">
-        <v>17</v>
+        <v>4357</v>
       </c>
       <c r="H254" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>756</v>
       </c>
       <c r="B255" t="s">
         <v>757</v>
       </c>
       <c r="C255" t="s">
         <v>758</v>
       </c>
       <c r="D255" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E255">
-        <v>106</v>
+        <v>1</v>
       </c>
       <c r="F255">
-        <v>69</v>
+        <v>1</v>
       </c>
       <c r="G255">
-        <v>1621</v>
+        <v>17</v>
+      </c>
+      <c r="H255" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>759</v>
       </c>
       <c r="B256" t="s">
         <v>760</v>
       </c>
       <c r="C256" t="s">
         <v>761</v>
       </c>
       <c r="D256" t="s">
         <v>11</v>
       </c>
       <c r="E256">
-        <v>12</v>
+        <v>106</v>
       </c>
       <c r="F256">
-        <v>12</v>
+        <v>69</v>
       </c>
       <c r="G256">
-        <v>377</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>762</v>
       </c>
       <c r="B257" t="s">
         <v>763</v>
       </c>
       <c r="C257" t="s">
         <v>764</v>
       </c>
       <c r="D257" t="s">
         <v>11</v>
       </c>
       <c r="E257">
-        <v>133</v>
+        <v>12</v>
       </c>
       <c r="F257">
-        <v>126</v>
+        <v>12</v>
       </c>
       <c r="G257">
-        <v>1167</v>
+        <v>377</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>765</v>
       </c>
       <c r="B258" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="C258" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="D258" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E258">
-        <v>2213</v>
+        <v>133</v>
       </c>
       <c r="F258">
-        <v>1863</v>
+        <v>126</v>
       </c>
       <c r="G258">
-        <v>28854</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="B259" t="s">
         <v>768</v>
       </c>
       <c r="C259" t="s">
         <v>769</v>
       </c>
       <c r="D259" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E259">
-        <v>1</v>
+        <v>2213</v>
       </c>
       <c r="F259">
-        <v>1</v>
+        <v>1863</v>
       </c>
       <c r="G259">
-        <v>291</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>28854</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>770</v>
       </c>
       <c r="B260" t="s">
         <v>771</v>
       </c>
       <c r="C260" t="s">
         <v>772</v>
       </c>
       <c r="D260" t="s">
         <v>11</v>
       </c>
       <c r="E260">
-        <v>111</v>
+        <v>1</v>
       </c>
       <c r="F260">
-        <v>108</v>
+        <v>1</v>
       </c>
       <c r="G260">
-        <v>410</v>
+        <v>291</v>
+      </c>
+      <c r="H260" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>773</v>
       </c>
       <c r="B261" t="s">
         <v>774</v>
       </c>
       <c r="C261" t="s">
         <v>775</v>
       </c>
       <c r="D261" t="s">
         <v>11</v>
       </c>
       <c r="E261">
-        <v>1</v>
+        <v>111</v>
       </c>
       <c r="F261">
-        <v>1</v>
+        <v>108</v>
       </c>
       <c r="G261">
-        <v>169</v>
+        <v>410</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>776</v>
       </c>
       <c r="B262" t="s">
         <v>777</v>
       </c>
       <c r="C262" t="s">
         <v>778</v>
       </c>
       <c r="D262" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E262">
-        <v>208</v>
+        <v>1</v>
       </c>
       <c r="F262">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G262">
+        <v>169</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>779</v>
       </c>
       <c r="B263" t="s">
         <v>780</v>
       </c>
       <c r="C263" t="s">
         <v>781</v>
       </c>
       <c r="D263" t="s">
         <v>15</v>
       </c>
       <c r="E263">
-        <v>8</v>
+        <v>208</v>
       </c>
       <c r="F263">
         <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>782</v>
       </c>
       <c r="B264" t="s">
         <v>783</v>
       </c>
       <c r="C264" t="s">
         <v>784</v>
       </c>
       <c r="D264" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E264">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F264">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>663</v>
+        <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>785</v>
       </c>
       <c r="B265" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="C265" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="D265" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E265">
-        <v>293</v>
+        <v>1</v>
       </c>
       <c r="F265">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G265">
+        <v>663</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="B266" t="s">
         <v>788</v>
       </c>
       <c r="C266" t="s">
         <v>789</v>
       </c>
       <c r="D266" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E266">
-        <v>1</v>
+        <v>293</v>
       </c>
       <c r="F266">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>790</v>
       </c>
       <c r="B267" t="s">
         <v>791</v>
       </c>
       <c r="C267" t="s">
         <v>792</v>
       </c>
       <c r="D267" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E267">
         <v>1</v>
       </c>
       <c r="F267">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G267">
-        <v>149</v>
+        <v>32</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>793</v>
       </c>
       <c r="B268" t="s">
         <v>794</v>
       </c>
       <c r="C268" t="s">
         <v>795</v>
       </c>
       <c r="D268" t="s">
         <v>15</v>
       </c>
       <c r="E268">
         <v>1</v>
       </c>
       <c r="F268">
         <v>0</v>
       </c>
       <c r="G268">
-        <v>457</v>
+        <v>149</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>796</v>
       </c>
       <c r="B269" t="s">
         <v>797</v>
       </c>
       <c r="C269" t="s">
         <v>798</v>
       </c>
       <c r="D269" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E269">
         <v>1</v>
       </c>
       <c r="F269">
         <v>0</v>
       </c>
       <c r="G269">
-        <v>28</v>
+        <v>457</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>799</v>
       </c>
       <c r="B270" t="s">
         <v>800</v>
       </c>
       <c r="C270" t="s">
         <v>801</v>
       </c>
       <c r="D270" t="s">
         <v>11</v>
       </c>
       <c r="E270">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F270">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G270">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="H270" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>802</v>
       </c>
       <c r="B271" t="s">
         <v>803</v>
       </c>
       <c r="C271" t="s">
         <v>804</v>
       </c>
       <c r="D271" t="s">
         <v>11</v>
       </c>
       <c r="E271">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F271">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G271">
-        <v>192</v>
+        <v>25</v>
+      </c>
+      <c r="H271" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>805</v>
       </c>
       <c r="B272" t="s">
         <v>806</v>
       </c>
       <c r="C272" t="s">
         <v>807</v>
       </c>
       <c r="D272" t="s">
         <v>11</v>
       </c>
       <c r="E272">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F272">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G272">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>192</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>808</v>
       </c>
       <c r="B273" t="s">
         <v>809</v>
       </c>
       <c r="C273" t="s">
         <v>810</v>
       </c>
       <c r="D273" t="s">
         <v>11</v>
       </c>
       <c r="E273">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F273">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G273">
-        <v>54</v>
+        <v>57</v>
+      </c>
+      <c r="H273" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>811</v>
       </c>
       <c r="B274" t="s">
         <v>812</v>
       </c>
       <c r="C274" t="s">
         <v>813</v>
       </c>
       <c r="D274" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E274">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F274">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G274">
-        <v>33</v>
+        <v>54</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>814</v>
       </c>
       <c r="B275" t="s">
         <v>815</v>
       </c>
       <c r="C275" t="s">
         <v>816</v>
       </c>
       <c r="D275" t="s">
         <v>15</v>
       </c>
       <c r="E275">
-        <v>78</v>
+        <v>1</v>
       </c>
       <c r="F275">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="G275">
-        <v>284</v>
+        <v>33</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>817</v>
       </c>
       <c r="B276" t="s">
         <v>818</v>
       </c>
       <c r="C276" t="s">
         <v>819</v>
       </c>
       <c r="D276" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E276">
         <v>78</v>
       </c>
       <c r="F276">
         <v>78</v>
       </c>
       <c r="G276">
         <v>284</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>820</v>
       </c>
       <c r="B277" t="s">
         <v>821</v>
       </c>
       <c r="C277" t="s">
         <v>822</v>
       </c>
       <c r="D277" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E277">
-        <v>12</v>
+        <v>78</v>
       </c>
       <c r="F277">
-        <v>0</v>
+        <v>78</v>
+      </c>
+      <c r="G277">
+        <v>284</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>823</v>
       </c>
       <c r="B278" t="s">
         <v>824</v>
       </c>
       <c r="C278" t="s">
         <v>825</v>
       </c>
       <c r="D278" t="s">
         <v>15</v>
       </c>
       <c r="E278">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="F278">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>826</v>
       </c>
       <c r="B279" t="s">
         <v>827</v>
       </c>
       <c r="C279" t="s">
         <v>828</v>
       </c>
       <c r="D279" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E279">
         <v>1</v>
       </c>
       <c r="F279">
         <v>1</v>
       </c>
       <c r="G279">
-        <v>316</v>
+        <v>24</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>829</v>
       </c>
       <c r="B280" t="s">
         <v>830</v>
       </c>
       <c r="C280" t="s">
         <v>831</v>
       </c>
       <c r="D280" t="s">
         <v>11</v>
       </c>
       <c r="E280">
         <v>1</v>
       </c>
       <c r="F280">
         <v>1</v>
       </c>
       <c r="G280">
-        <v>895</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>316</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>832</v>
       </c>
       <c r="B281" t="s">
         <v>833</v>
       </c>
       <c r="C281" t="s">
         <v>834</v>
       </c>
       <c r="D281" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E281">
         <v>1</v>
       </c>
       <c r="F281">
         <v>1</v>
       </c>
       <c r="G281">
-        <v>84</v>
+        <v>895</v>
       </c>
       <c r="H281" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>835</v>
       </c>
       <c r="B282" t="s">
         <v>836</v>
       </c>
       <c r="C282" t="s">
         <v>837</v>
       </c>
       <c r="D282" t="s">
         <v>15</v>
       </c>
       <c r="E282">
         <v>1</v>
       </c>
       <c r="F282">
         <v>1</v>
       </c>
       <c r="G282">
-        <v>24</v>
+        <v>84</v>
+      </c>
+      <c r="H282" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>838</v>
       </c>
       <c r="B283" t="s">
         <v>839</v>
       </c>
       <c r="C283" t="s">
         <v>840</v>
       </c>
       <c r="D283" t="s">
         <v>15</v>
       </c>
       <c r="E283">
         <v>1</v>
       </c>
       <c r="F283">
         <v>1</v>
       </c>
       <c r="G283">
-        <v>305</v>
+        <v>24</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>841</v>
       </c>
       <c r="B284" t="s">
         <v>842</v>
       </c>
       <c r="C284" t="s">
         <v>843</v>
       </c>
       <c r="D284" t="s">
         <v>15</v>
       </c>
       <c r="E284">
         <v>1</v>
       </c>
       <c r="F284">
         <v>1</v>
       </c>
       <c r="G284">
-        <v>20</v>
+        <v>305</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
         <v>844</v>
       </c>
       <c r="B285" t="s">
         <v>845</v>
       </c>
       <c r="C285" t="s">
         <v>846</v>
       </c>
       <c r="D285" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E285">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F285">
         <v>1</v>
       </c>
       <c r="G285">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>847</v>
       </c>
       <c r="B286" t="s">
         <v>848</v>
       </c>
       <c r="C286" t="s">
         <v>849</v>
       </c>
       <c r="D286" t="s">
         <v>11</v>
       </c>
       <c r="E286">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F286">
         <v>1</v>
       </c>
       <c r="G286">
-        <v>547</v>
+        <v>46</v>
+      </c>
+      <c r="H286" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
         <v>850</v>
       </c>
       <c r="B287" t="s">
         <v>851</v>
       </c>
       <c r="C287" t="s">
         <v>852</v>
       </c>
       <c r="D287" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E287">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F287">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G287">
-        <v>65</v>
+        <v>547</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>853</v>
       </c>
       <c r="B288" t="s">
         <v>854</v>
       </c>
       <c r="C288" t="s">
         <v>855</v>
       </c>
       <c r="D288" t="s">
         <v>15</v>
       </c>
       <c r="E288">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F288">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G288">
-        <v>39</v>
+        <v>65</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>856</v>
       </c>
       <c r="B289" t="s">
         <v>857</v>
       </c>
       <c r="C289" t="s">
         <v>858</v>
       </c>
       <c r="D289" t="s">
         <v>15</v>
       </c>
       <c r="E289">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F289">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G289">
-        <v>239</v>
+        <v>39</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>859</v>
       </c>
       <c r="B290" t="s">
         <v>860</v>
       </c>
       <c r="C290" t="s">
         <v>861</v>
       </c>
       <c r="D290" t="s">
         <v>15</v>
       </c>
       <c r="E290">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F290">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G290">
-        <v>307</v>
+        <v>239</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
         <v>862</v>
       </c>
       <c r="B291" t="s">
         <v>863</v>
       </c>
       <c r="C291" t="s">
         <v>864</v>
       </c>
       <c r="D291" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E291">
         <v>1</v>
       </c>
       <c r="F291">
         <v>1</v>
       </c>
       <c r="G291">
-        <v>240</v>
+        <v>307</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
         <v>865</v>
       </c>
       <c r="B292" t="s">
         <v>866</v>
       </c>
       <c r="C292" t="s">
         <v>867</v>
       </c>
       <c r="D292" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E292">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F292">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G292">
-        <v>956</v>
+        <v>240</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
         <v>868</v>
       </c>
       <c r="B293" t="s">
         <v>869</v>
       </c>
       <c r="C293" t="s">
         <v>870</v>
       </c>
       <c r="D293" t="s">
         <v>15</v>
       </c>
       <c r="E293">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F293">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G293">
-        <v>43</v>
+        <v>956</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>871</v>
       </c>
       <c r="B294" t="s">
         <v>872</v>
       </c>
       <c r="C294" t="s">
         <v>873</v>
       </c>
       <c r="D294" t="s">
         <v>15</v>
       </c>
       <c r="E294">
         <v>1</v>
       </c>
       <c r="F294">
         <v>1</v>
       </c>
       <c r="G294">
-        <v>72</v>
+        <v>43</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>874</v>
       </c>
       <c r="B295" t="s">
         <v>875</v>
       </c>
       <c r="C295" t="s">
         <v>876</v>
       </c>
       <c r="D295" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E295">
         <v>1</v>
       </c>
       <c r="F295">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>1</v>
+      </c>
+      <c r="G295">
+        <v>72</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>877</v>
       </c>
       <c r="B296" t="s">
         <v>878</v>
       </c>
       <c r="C296" t="s">
         <v>879</v>
       </c>
       <c r="D296" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E296">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F296">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>0</v>
+      </c>
+      <c r="H296" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>880</v>
       </c>
       <c r="B297" t="s">
         <v>881</v>
       </c>
       <c r="C297" t="s">
         <v>882</v>
       </c>
       <c r="D297" t="s">
         <v>15</v>
       </c>
       <c r="E297">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F297">
-        <v>0</v>
+        <v>3</v>
+      </c>
+      <c r="G297">
+        <v>7</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>883</v>
       </c>
       <c r="B298" t="s">
         <v>884</v>
       </c>
       <c r="C298" t="s">
         <v>885</v>
       </c>
       <c r="D298" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E298">
         <v>1</v>
       </c>
       <c r="F298">
         <v>0</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>886</v>
       </c>
       <c r="B299" t="s">
         <v>887</v>
       </c>
       <c r="C299" t="s">
         <v>888</v>
       </c>
       <c r="D299" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E299">
         <v>1</v>
       </c>
       <c r="F299">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>0</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>889</v>
       </c>
       <c r="B300" t="s">
         <v>890</v>
       </c>
       <c r="C300" t="s">
         <v>891</v>
       </c>
       <c r="D300" t="s">
-        <v>892</v>
+        <v>15</v>
       </c>
       <c r="E300">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F300">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G300">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>81</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
+        <v>892</v>
+      </c>
+      <c r="B301" t="s">
         <v>893</v>
       </c>
-      <c r="B301" t="s">
+      <c r="C301" t="s">
         <v>894</v>
       </c>
-      <c r="C301" t="s">
+      <c r="D301" t="s">
         <v>895</v>
       </c>
-      <c r="D301" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E301">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F301">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G301">
-        <v>83</v>
+        <v>3</v>
+      </c>
+      <c r="H301" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>896</v>
       </c>
       <c r="B302" t="s">
         <v>897</v>
       </c>
       <c r="C302" t="s">
         <v>898</v>
       </c>
       <c r="D302" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E302">
         <v>1</v>
       </c>
       <c r="F302">
         <v>1</v>
       </c>
       <c r="G302">
-        <v>562</v>
+        <v>83</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
         <v>899</v>
       </c>
       <c r="B303" t="s">
         <v>900</v>
       </c>
       <c r="C303" t="s">
         <v>901</v>
       </c>
       <c r="D303" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E303">
-        <v>117</v>
+        <v>1</v>
       </c>
       <c r="F303">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>1</v>
+      </c>
+      <c r="G303">
+        <v>562</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>902</v>
       </c>
       <c r="B304" t="s">
         <v>903</v>
       </c>
       <c r="C304" t="s">
         <v>904</v>
       </c>
       <c r="D304" t="s">
         <v>15</v>
       </c>
       <c r="E304">
-        <v>2</v>
+        <v>117</v>
       </c>
       <c r="F304">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1420</v>
+        <v>0</v>
+      </c>
+      <c r="H304" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>905</v>
       </c>
       <c r="B305" t="s">
         <v>906</v>
       </c>
       <c r="C305" t="s">
         <v>907</v>
       </c>
       <c r="D305" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E305">
-        <v>105</v>
+        <v>2</v>
       </c>
       <c r="F305">
-        <v>0</v>
+        <v>2</v>
+      </c>
+      <c r="G305">
+        <v>1420</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>908</v>
       </c>
       <c r="B306" t="s">
         <v>909</v>
       </c>
       <c r="C306" t="s">
         <v>910</v>
       </c>
       <c r="D306" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E306">
-        <v>40</v>
+        <v>105</v>
       </c>
       <c r="F306">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>0</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>911</v>
       </c>
       <c r="B307" t="s">
         <v>912</v>
       </c>
       <c r="C307" t="s">
         <v>913</v>
       </c>
       <c r="D307" t="s">
         <v>15</v>
       </c>
       <c r="E307">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="F307">
-        <v>0</v>
+        <v>40</v>
+      </c>
+      <c r="G307">
+        <v>73</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>914</v>
       </c>
       <c r="B308" t="s">
         <v>915</v>
       </c>
       <c r="C308" t="s">
         <v>916</v>
       </c>
       <c r="D308" t="s">
         <v>15</v>
       </c>
       <c r="E308">
-        <v>122</v>
+        <v>1</v>
       </c>
       <c r="F308">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>493</v>
+        <v>0</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
         <v>917</v>
       </c>
       <c r="B309" t="s">
         <v>918</v>
       </c>
       <c r="C309" t="s">
         <v>919</v>
       </c>
       <c r="D309" t="s">
         <v>15</v>
       </c>
       <c r="E309">
-        <v>27</v>
+        <v>122</v>
       </c>
       <c r="F309">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="G309">
-        <v>24</v>
+        <v>493</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>920</v>
       </c>
       <c r="B310" t="s">
         <v>921</v>
       </c>
       <c r="C310" t="s">
         <v>922</v>
       </c>
       <c r="D310" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E310">
-        <v>1</v>
+        <v>27</v>
       </c>
       <c r="F310">
-        <v>0</v>
+        <v>24</v>
+      </c>
+      <c r="G310">
+        <v>24</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
         <v>923</v>
       </c>
       <c r="B311" t="s">
         <v>924</v>
       </c>
       <c r="C311" t="s">
         <v>925</v>
       </c>
       <c r="D311" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E311">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F311">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>0</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>926</v>
       </c>
       <c r="B312" t="s">
         <v>927</v>
       </c>
       <c r="C312" t="s">
         <v>928</v>
       </c>
       <c r="D312" t="s">
         <v>15</v>
       </c>
       <c r="E312">
         <v>2</v>
       </c>
       <c r="F312">
-        <v>0</v>
+        <v>2</v>
+      </c>
+      <c r="G312">
+        <v>60</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>929</v>
       </c>
       <c r="B313" t="s">
         <v>930</v>
       </c>
       <c r="C313" t="s">
         <v>931</v>
       </c>
       <c r="D313" t="s">
-        <v>892</v>
+        <v>15</v>
       </c>
       <c r="E313">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F313">
         <v>0</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>932</v>
       </c>
       <c r="B314" t="s">
         <v>933</v>
       </c>
       <c r="C314" t="s">
         <v>934</v>
       </c>
       <c r="D314" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="E314">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="F314">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>935</v>
       </c>
       <c r="B315" t="s">
         <v>936</v>
       </c>
       <c r="C315" t="s">
         <v>937</v>
       </c>
       <c r="D315" t="s">
-        <v>15</v>
+        <v>895</v>
       </c>
       <c r="E315">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F315">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="H315" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>938</v>
       </c>
       <c r="B316" t="s">
         <v>939</v>
       </c>
       <c r="C316" t="s">
         <v>940</v>
       </c>
       <c r="D316" t="s">
-        <v>892</v>
+        <v>15</v>
       </c>
       <c r="E316">
         <v>1</v>
       </c>
       <c r="F316">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G316">
+        <v>46</v>
+      </c>
+      <c r="H316" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>941</v>
       </c>
       <c r="B317" t="s">
         <v>942</v>
       </c>
       <c r="C317" t="s">
         <v>943</v>
       </c>
       <c r="D317" t="s">
-        <v>15</v>
+        <v>895</v>
       </c>
       <c r="E317">
         <v>1</v>
       </c>
       <c r="F317">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>944</v>
       </c>
       <c r="B318" t="s">
         <v>945</v>
       </c>
       <c r="C318" t="s">
         <v>946</v>
       </c>
       <c r="D318" t="s">
         <v>15</v>
       </c>
       <c r="E318">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F318">
+        <v>1</v>
+      </c>
+      <c r="G318">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>947</v>
       </c>
       <c r="B319" t="s">
         <v>948</v>
       </c>
       <c r="C319" t="s">
         <v>949</v>
       </c>
       <c r="D319" t="s">
         <v>15</v>
       </c>
       <c r="E319">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="F319">
         <v>3</v>
       </c>
       <c r="G319">
-        <v>65</v>
+        <v>43</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>950</v>
       </c>
       <c r="B320" t="s">
         <v>951</v>
       </c>
       <c r="C320" t="s">
         <v>952</v>
       </c>
       <c r="D320" t="s">
         <v>15</v>
       </c>
       <c r="E320">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="F320">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G320">
-        <v>121</v>
+        <v>65</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>953</v>
       </c>
       <c r="B321" t="s">
         <v>954</v>
       </c>
       <c r="C321" t="s">
         <v>955</v>
       </c>
       <c r="D321" t="s">
         <v>15</v>
       </c>
       <c r="E321">
-        <v>251</v>
+        <v>5</v>
       </c>
       <c r="F321">
-        <v>0</v>
+        <v>5</v>
+      </c>
+      <c r="G321">
+        <v>121</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
         <v>956</v>
       </c>
       <c r="B322" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="C322" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="D322" t="s">
         <v>15</v>
       </c>
       <c r="E322">
-        <v>1839</v>
+        <v>251</v>
       </c>
       <c r="F322">
         <v>0</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="B323" t="s">
         <v>959</v>
       </c>
       <c r="C323" t="s">
         <v>960</v>
       </c>
       <c r="D323" t="s">
-        <v>647</v>
+        <v>15</v>
       </c>
       <c r="E323">
-        <v>1</v>
+        <v>1839</v>
       </c>
       <c r="F323">
         <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
         <v>961</v>
       </c>
       <c r="B324" t="s">
         <v>962</v>
       </c>
       <c r="C324" t="s">
         <v>963</v>
       </c>
       <c r="D324" t="s">
-        <v>11</v>
+        <v>650</v>
       </c>
       <c r="E324">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F324">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>315</v>
+        <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>964</v>
       </c>
       <c r="B325" t="s">
         <v>965</v>
       </c>
       <c r="C325" t="s">
         <v>966</v>
       </c>
       <c r="D325" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E325">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F325">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G325">
-        <v>41</v>
+        <v>315</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
         <v>967</v>
       </c>
       <c r="B326" t="s">
         <v>968</v>
       </c>
       <c r="C326" t="s">
         <v>969</v>
       </c>
+      <c r="D326" t="s">
+        <v>15</v>
+      </c>
       <c r="E326">
-        <v>462</v>
+        <v>1</v>
       </c>
       <c r="F326">
         <v>0</v>
+      </c>
+      <c r="G326">
+        <v>41</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>970</v>
       </c>
       <c r="B327" t="s">
         <v>971</v>
       </c>
       <c r="C327" t="s">
         <v>972</v>
       </c>
-      <c r="D327" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E327">
-        <v>1743</v>
+        <v>462</v>
       </c>
       <c r="F327">
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>973</v>
       </c>
       <c r="B328" t="s">
         <v>974</v>
       </c>
       <c r="C328" t="s">
         <v>975</v>
       </c>
       <c r="D328" t="s">
         <v>15</v>
       </c>
       <c r="E328">
-        <v>1897</v>
+        <v>1743</v>
       </c>
       <c r="F328">
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
         <v>976</v>
       </c>
       <c r="B329" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="C329" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="D329" t="s">
         <v>15</v>
       </c>
       <c r="E329">
-        <v>148</v>
+        <v>1897</v>
       </c>
       <c r="F329">
         <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="B330" t="s">
         <v>979</v>
       </c>
       <c r="C330" t="s">
         <v>980</v>
       </c>
       <c r="D330" t="s">
         <v>15</v>
       </c>
       <c r="E330">
-        <v>25</v>
+        <v>148</v>
       </c>
       <c r="F330">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>981</v>
       </c>
       <c r="B331" t="s">
         <v>982</v>
       </c>
       <c r="C331" t="s">
         <v>983</v>
       </c>
+      <c r="D331" t="s">
+        <v>15</v>
+      </c>
       <c r="E331">
-        <v>452</v>
+        <v>25</v>
       </c>
       <c r="F331">
         <v>0</v>
+      </c>
+      <c r="H331" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>984</v>
       </c>
       <c r="B332" t="s">
         <v>985</v>
       </c>
       <c r="C332" t="s">
         <v>986</v>
       </c>
-      <c r="D332" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E332">
-        <v>1</v>
+        <v>452</v>
       </c>
       <c r="F332">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>987</v>
       </c>
       <c r="B333" t="s">
         <v>988</v>
       </c>
       <c r="C333" t="s">
         <v>989</v>
       </c>
       <c r="D333" t="s">
-        <v>15</v>
+        <v>650</v>
       </c>
       <c r="E333">
         <v>1</v>
       </c>
       <c r="F333">
         <v>0</v>
+      </c>
+      <c r="H333" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
         <v>990</v>
       </c>
       <c r="B334" t="s">
         <v>991</v>
       </c>
       <c r="C334" t="s">
         <v>992</v>
       </c>
       <c r="D334" t="s">
         <v>15</v>
       </c>
       <c r="E334">
-        <v>104</v>
+        <v>1</v>
       </c>
       <c r="F334">
         <v>0</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
         <v>993</v>
       </c>
       <c r="B335" t="s">
         <v>994</v>
       </c>
       <c r="C335" t="s">
         <v>995</v>
       </c>
       <c r="D335" t="s">
         <v>15</v>
       </c>
       <c r="E335">
-        <v>1</v>
+        <v>104</v>
       </c>
       <c r="F335">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>0</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
         <v>996</v>
       </c>
       <c r="B336" t="s">
         <v>997</v>
       </c>
       <c r="C336" t="s">
         <v>998</v>
       </c>
       <c r="D336" t="s">
-        <v>892</v>
+        <v>15</v>
       </c>
       <c r="E336">
         <v>1</v>
       </c>
       <c r="F336">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G336">
+        <v>18</v>
       </c>
       <c r="H336" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
         <v>999</v>
       </c>
       <c r="B337" t="s">
         <v>1000</v>
       </c>
       <c r="C337" t="s">
         <v>1001</v>
       </c>
       <c r="D337" t="s">
-        <v>892</v>
+        <v>895</v>
       </c>
       <c r="E337">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F337">
         <v>0</v>
       </c>
       <c r="H337" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
         <v>1002</v>
       </c>
       <c r="B338" t="s">
         <v>1003</v>
       </c>
       <c r="C338" t="s">
         <v>1004</v>
       </c>
       <c r="D338" t="s">
-        <v>15</v>
+        <v>895</v>
       </c>
       <c r="E338">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="F338">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>0</v>
+      </c>
+      <c r="H338" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
         <v>1005</v>
       </c>
       <c r="B339" t="s">
         <v>1006</v>
       </c>
       <c r="C339" t="s">
         <v>1007</v>
       </c>
       <c r="D339" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E339">
         <v>1</v>
       </c>
       <c r="F339">
         <v>1</v>
       </c>
       <c r="G339">
-        <v>341</v>
+        <v>36</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
         <v>1008</v>
       </c>
       <c r="B340" t="s">
         <v>1009</v>
       </c>
       <c r="C340" t="s">
         <v>1010</v>
       </c>
       <c r="D340" t="s">
         <v>11</v>
       </c>
       <c r="E340">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F340">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="G340">
-        <v>522</v>
+        <v>341</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>1011</v>
       </c>
       <c r="B341" t="s">
         <v>1012</v>
       </c>
       <c r="C341" t="s">
         <v>1013</v>
       </c>
       <c r="D341" t="s">
         <v>11</v>
       </c>
       <c r="E341">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="F341">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="G341">
-        <v>314</v>
+        <v>522</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
         <v>1014</v>
       </c>
       <c r="B342" t="s">
         <v>1015</v>
       </c>
       <c r="C342" t="s">
         <v>1016</v>
       </c>
       <c r="D342" t="s">
         <v>11</v>
       </c>
       <c r="E342">
         <v>1</v>
       </c>
       <c r="F342">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G342">
-        <v>302</v>
+        <v>314</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
         <v>1017</v>
       </c>
       <c r="B343" t="s">
         <v>1018</v>
       </c>
       <c r="C343" t="s">
         <v>1019</v>
       </c>
       <c r="D343" t="s">
         <v>11</v>
       </c>
       <c r="E343">
-        <v>147</v>
+        <v>1</v>
       </c>
       <c r="F343">
         <v>0</v>
+      </c>
+      <c r="G343">
+        <v>302</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
         <v>1020</v>
       </c>
       <c r="B344" t="s">
         <v>1021</v>
       </c>
       <c r="C344" t="s">
         <v>1022</v>
       </c>
       <c r="D344" t="s">
         <v>11</v>
       </c>
       <c r="E344">
-        <v>1</v>
+        <v>147</v>
       </c>
       <c r="F344">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
         <v>1023</v>
       </c>
       <c r="B345" t="s">
         <v>1024</v>
       </c>
       <c r="C345" t="s">
         <v>1025</v>
       </c>
       <c r="D345" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E345">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F345">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G345">
-        <v>16</v>
+        <v>1</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
         <v>1026</v>
       </c>
       <c r="B346" t="s">
         <v>1027</v>
       </c>
       <c r="C346" t="s">
         <v>1028</v>
       </c>
       <c r="D346" t="s">
         <v>15</v>
       </c>
       <c r="E346">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F346">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G346">
-        <v>5</v>
+        <v>16</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>1029</v>
       </c>
       <c r="B347" t="s">
         <v>1030</v>
       </c>
       <c r="C347" t="s">
         <v>1031</v>
       </c>
       <c r="D347" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E347">
         <v>1</v>
       </c>
       <c r="F347">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G347">
+        <v>5</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>1032</v>
       </c>
       <c r="B348" t="s">
         <v>1033</v>
       </c>
       <c r="C348" t="s">
         <v>1034</v>
       </c>
       <c r="D348" t="s">
         <v>11</v>
       </c>
       <c r="E348">
         <v>1</v>
       </c>
       <c r="F348">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
         <v>1035</v>
       </c>
       <c r="B349" t="s">
         <v>1036</v>
       </c>
       <c r="C349" t="s">
         <v>1037</v>
       </c>
       <c r="D349" t="s">
         <v>11</v>
       </c>
       <c r="E349">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F349">
         <v>1</v>
       </c>
       <c r="G349">
-        <v>199</v>
+        <v>106</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
         <v>1038</v>
       </c>
       <c r="B350" t="s">
         <v>1039</v>
       </c>
       <c r="C350" t="s">
         <v>1040</v>
       </c>
       <c r="D350" t="s">
         <v>11</v>
       </c>
       <c r="E350">
-        <v>49</v>
+        <v>2</v>
       </c>
       <c r="F350">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="G350">
-        <v>276</v>
+        <v>199</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
         <v>1041</v>
       </c>
       <c r="B351" t="s">
         <v>1042</v>
       </c>
       <c r="C351" t="s">
         <v>1043</v>
       </c>
       <c r="D351" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E351">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="F351">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="G351">
-        <v>154</v>
+        <v>276</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
         <v>1044</v>
       </c>
       <c r="B352" t="s">
         <v>1045</v>
       </c>
       <c r="C352" t="s">
         <v>1046</v>
       </c>
       <c r="D352" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E352">
-        <v>3</v>
+        <v>34</v>
       </c>
       <c r="F352">
-        <v>3</v>
+        <v>26</v>
       </c>
       <c r="G352">
-        <v>292</v>
+        <v>154</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
         <v>1047</v>
       </c>
       <c r="B353" t="s">
         <v>1048</v>
       </c>
       <c r="C353" t="s">
         <v>1049</v>
       </c>
       <c r="D353" t="s">
         <v>11</v>
       </c>
       <c r="E353">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F353">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G353">
-        <v>868</v>
+        <v>292</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
         <v>1050</v>
       </c>
       <c r="B354" t="s">
         <v>1051</v>
       </c>
       <c r="C354" t="s">
         <v>1052</v>
       </c>
       <c r="D354" t="s">
         <v>11</v>
       </c>
       <c r="E354">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F354">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G354">
-        <v>859</v>
+        <v>868</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>1053</v>
       </c>
       <c r="B355" t="s">
         <v>1054</v>
       </c>
       <c r="C355" t="s">
         <v>1055</v>
       </c>
       <c r="D355" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E355">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F355">
-        <v>0</v>
+        <v>2</v>
+      </c>
+      <c r="G355">
+        <v>859</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>1056</v>
       </c>
       <c r="B356" t="s">
         <v>1057</v>
       </c>
       <c r="C356" t="s">
         <v>1058</v>
       </c>
       <c r="D356" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E356">
         <v>1</v>
       </c>
       <c r="F356">
         <v>0</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
         <v>1059</v>
       </c>
       <c r="B357" t="s">
         <v>1060</v>
       </c>
       <c r="C357" t="s">
         <v>1061</v>
       </c>
       <c r="D357" t="s">
         <v>11</v>
       </c>
       <c r="E357">
         <v>1</v>
       </c>
       <c r="F357">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>0</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
         <v>1062</v>
       </c>
       <c r="B358" t="s">
         <v>1063</v>
       </c>
       <c r="C358" t="s">
         <v>1064</v>
       </c>
       <c r="D358" t="s">
         <v>11</v>
       </c>
       <c r="E358">
         <v>1</v>
       </c>
       <c r="F358">
         <v>1</v>
       </c>
       <c r="G358">
-        <v>268</v>
+        <v>40</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
         <v>1065</v>
       </c>
       <c r="B359" t="s">
         <v>1066</v>
       </c>
       <c r="C359" t="s">
         <v>1067</v>
       </c>
       <c r="D359" t="s">
         <v>11</v>
       </c>
       <c r="E359">
         <v>1</v>
       </c>
       <c r="F359">
         <v>1</v>
       </c>
       <c r="G359">
-        <v>205</v>
+        <v>268</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
         <v>1068</v>
       </c>
       <c r="B360" t="s">
         <v>1069</v>
       </c>
       <c r="C360" t="s">
         <v>1070</v>
       </c>
       <c r="D360" t="s">
         <v>11</v>
       </c>
       <c r="E360">
         <v>1</v>
       </c>
       <c r="F360">
         <v>1</v>
       </c>
       <c r="G360">
-        <v>1</v>
+        <v>205</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
         <v>1071</v>
       </c>
       <c r="B361" t="s">
         <v>1072</v>
       </c>
       <c r="C361" t="s">
         <v>1073</v>
       </c>
       <c r="D361" t="s">
         <v>11</v>
       </c>
       <c r="E361">
         <v>1</v>
       </c>
       <c r="F361">
         <v>1</v>
       </c>
       <c r="G361">
-        <v>211</v>
+        <v>1</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
         <v>1074</v>
       </c>
       <c r="B362" t="s">
         <v>1075</v>
       </c>
       <c r="C362" t="s">
         <v>1076</v>
       </c>
       <c r="D362" t="s">
         <v>11</v>
       </c>
       <c r="E362">
         <v>1</v>
       </c>
       <c r="F362">
         <v>1</v>
       </c>
       <c r="G362">
-        <v>1040</v>
+        <v>211</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
         <v>1077</v>
       </c>
       <c r="B363" t="s">
         <v>1078</v>
       </c>
       <c r="C363" t="s">
         <v>1079</v>
       </c>
       <c r="D363" t="s">
         <v>11</v>
       </c>
       <c r="E363">
-        <v>38</v>
+        <v>1</v>
       </c>
       <c r="F363">
-        <v>38</v>
+        <v>1</v>
       </c>
       <c r="G363">
-        <v>871</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
         <v>1080</v>
       </c>
       <c r="B364" t="s">
         <v>1081</v>
       </c>
       <c r="C364" t="s">
         <v>1082</v>
       </c>
       <c r="D364" t="s">
         <v>11</v>
       </c>
       <c r="E364">
-        <v>1</v>
+        <v>38</v>
       </c>
       <c r="F364">
-        <v>1</v>
+        <v>38</v>
       </c>
       <c r="G364">
-        <v>1041</v>
+        <v>871</v>
       </c>
       <c r="H364" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
         <v>1083</v>
       </c>
       <c r="B365" t="s">
         <v>1084</v>
       </c>
       <c r="C365" t="s">
         <v>1085</v>
       </c>
       <c r="D365" t="s">
         <v>11</v>
       </c>
       <c r="E365">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="F365">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="G365">
-        <v>194</v>
+        <v>1041</v>
       </c>
       <c r="H365" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
         <v>1086</v>
       </c>
       <c r="B366" t="s">
         <v>1087</v>
       </c>
       <c r="C366" t="s">
         <v>1088</v>
       </c>
       <c r="D366" t="s">
         <v>11</v>
       </c>
       <c r="E366">
-        <v>894</v>
+        <v>16</v>
       </c>
       <c r="F366">
-        <v>827</v>
+        <v>12</v>
       </c>
       <c r="G366">
-        <v>12486</v>
+        <v>194</v>
       </c>
       <c r="H366" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
         <v>1089</v>
       </c>
       <c r="B367" t="s">
         <v>1090</v>
       </c>
       <c r="C367" t="s">
         <v>1091</v>
       </c>
       <c r="D367" t="s">
         <v>11</v>
       </c>
       <c r="E367">
-        <v>3</v>
+        <v>894</v>
       </c>
       <c r="F367">
-        <v>3</v>
+        <v>827</v>
       </c>
       <c r="G367">
-        <v>294</v>
+        <v>12486</v>
+      </c>
+      <c r="H367" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
         <v>1092</v>
       </c>
       <c r="B368" t="s">
         <v>1093</v>
       </c>
       <c r="C368" t="s">
         <v>1094</v>
       </c>
       <c r="D368" t="s">
         <v>11</v>
       </c>
       <c r="E368">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F368">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G368">
-        <v>133</v>
+        <v>294</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
         <v>1095</v>
       </c>
       <c r="B369" t="s">
         <v>1096</v>
       </c>
       <c r="C369" t="s">
         <v>1097</v>
       </c>
       <c r="D369" t="s">
         <v>11</v>
       </c>
       <c r="E369">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F369">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G369">
-        <v>53</v>
+        <v>133</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
         <v>1098</v>
       </c>
       <c r="B370" t="s">
         <v>1099</v>
       </c>
       <c r="C370" t="s">
         <v>1100</v>
       </c>
       <c r="D370" t="s">
         <v>11</v>
       </c>
       <c r="E370">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F370">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G370">
-        <v>136</v>
+        <v>53</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
         <v>1101</v>
       </c>
       <c r="B371" t="s">
         <v>1102</v>
       </c>
       <c r="C371" t="s">
         <v>1103</v>
       </c>
       <c r="D371" t="s">
         <v>11</v>
       </c>
       <c r="E371">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F371">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>4</v>
+      </c>
+      <c r="G371">
+        <v>136</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
         <v>1104</v>
       </c>
       <c r="B372" t="s">
         <v>1105</v>
       </c>
       <c r="C372" t="s">
         <v>1106</v>
       </c>
       <c r="D372" t="s">
         <v>11</v>
       </c>
       <c r="E372">
-        <v>31</v>
+        <v>2</v>
       </c>
       <c r="F372">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>257</v>
+        <v>0</v>
+      </c>
+      <c r="H372" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
         <v>1107</v>
       </c>
       <c r="B373" t="s">
         <v>1108</v>
       </c>
       <c r="C373" t="s">
         <v>1109</v>
       </c>
       <c r="D373" t="s">
         <v>11</v>
       </c>
       <c r="E373">
-        <v>63</v>
+        <v>31</v>
       </c>
       <c r="F373">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="G373">
-        <v>1020</v>
+        <v>257</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
         <v>1110</v>
       </c>
       <c r="B374" t="s">
         <v>1111</v>
       </c>
       <c r="C374" t="s">
         <v>1112</v>
       </c>
       <c r="D374" t="s">
         <v>11</v>
       </c>
       <c r="E374">
-        <v>2</v>
+        <v>63</v>
       </c>
       <c r="F374">
-        <v>2</v>
+        <v>60</v>
       </c>
       <c r="G374">
-        <v>46</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
         <v>1113</v>
       </c>
       <c r="B375" t="s">
         <v>1114</v>
       </c>
       <c r="C375" t="s">
         <v>1115</v>
       </c>
       <c r="D375" t="s">
         <v>11</v>
       </c>
       <c r="E375">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F375">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G375">
-        <v>36</v>
+        <v>46</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
         <v>1116</v>
       </c>
       <c r="B376" t="s">
         <v>1117</v>
       </c>
       <c r="C376" t="s">
         <v>1118</v>
       </c>
       <c r="D376" t="s">
         <v>11</v>
       </c>
       <c r="E376">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F376">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G376">
-        <v>145</v>
+        <v>36</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
         <v>1119</v>
       </c>
       <c r="B377" t="s">
         <v>1120</v>
       </c>
       <c r="C377" t="s">
         <v>1121</v>
       </c>
       <c r="D377" t="s">
         <v>11</v>
       </c>
       <c r="E377">
-        <v>239</v>
+        <v>2</v>
       </c>
       <c r="F377">
-        <v>220</v>
+        <v>2</v>
       </c>
       <c r="G377">
-        <v>1374</v>
+        <v>145</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
         <v>1122</v>
       </c>
       <c r="B378" t="s">
         <v>1123</v>
       </c>
       <c r="C378" t="s">
         <v>1124</v>
       </c>
       <c r="D378" t="s">
         <v>11</v>
       </c>
       <c r="E378">
-        <v>4</v>
+        <v>239</v>
       </c>
       <c r="F378">
-        <v>2</v>
+        <v>220</v>
       </c>
       <c r="G378">
-        <v>174</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
         <v>1125</v>
       </c>
       <c r="B379" t="s">
         <v>1126</v>
       </c>
       <c r="C379" t="s">
         <v>1127</v>
       </c>
       <c r="D379" t="s">
         <v>11</v>
       </c>
       <c r="E379">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F379">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G379">
-        <v>29</v>
+        <v>174</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
         <v>1128</v>
       </c>
       <c r="B380" t="s">
         <v>1129</v>
       </c>
       <c r="C380" t="s">
         <v>1130</v>
       </c>
       <c r="D380" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E380">
         <v>1</v>
       </c>
       <c r="F380">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G380">
-        <v>17</v>
+        <v>29</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
         <v>1131</v>
       </c>
       <c r="B381" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="C381" t="s">
-        <v>1132</v>
+        <v>1133</v>
+      </c>
+      <c r="D381" t="s">
+        <v>15</v>
       </c>
       <c r="E381">
-        <v>34</v>
+        <v>1</v>
       </c>
       <c r="F381">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>1</v>
+      </c>
+      <c r="G381">
+        <v>17</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="B382" t="s">
         <v>1134</v>
       </c>
       <c r="C382" t="s">
         <v>1135</v>
       </c>
-      <c r="D382" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E382">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="F382">
         <v>0</v>
       </c>
       <c r="H382" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
         <v>1136</v>
       </c>
       <c r="B383" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="C383" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="D383" t="s">
         <v>11</v>
       </c>
       <c r="E383">
-        <v>2192</v>
+        <v>72</v>
       </c>
       <c r="F383">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>47561</v>
+        <v>0</v>
       </c>
       <c r="H383" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="B384" t="s">
         <v>1139</v>
       </c>
       <c r="C384" t="s">
         <v>1140</v>
       </c>
       <c r="D384" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E384">
-        <v>1</v>
+        <v>2192</v>
       </c>
       <c r="F384">
-        <v>0</v>
+        <v>4</v>
+      </c>
+      <c r="G384">
+        <v>47561</v>
       </c>
       <c r="H384" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
         <v>1141</v>
       </c>
       <c r="B385" t="s">
         <v>1142</v>
       </c>
       <c r="C385" t="s">
         <v>1143</v>
       </c>
       <c r="D385" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E385">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F385">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>0</v>
+      </c>
+      <c r="H385" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
         <v>1144</v>
       </c>
       <c r="B386" t="s">
         <v>1145</v>
       </c>
       <c r="C386" t="s">
         <v>1146</v>
       </c>
       <c r="D386" t="s">
-        <v>1147</v>
+        <v>11</v>
       </c>
       <c r="E386">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F386">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>2</v>
+      </c>
+      <c r="G386">
+        <v>55</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B387" t="s">
         <v>1148</v>
       </c>
-      <c r="B387" t="s">
+      <c r="C387" t="s">
         <v>1149</v>
       </c>
-      <c r="C387" t="s">
+      <c r="D387" t="s">
         <v>1150</v>
       </c>
-      <c r="D387" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E387">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F387">
         <v>0</v>
       </c>
-      <c r="G387">
-        <v>49</v>
+      <c r="H387" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
         <v>1151</v>
       </c>
       <c r="B388" t="s">
         <v>1152</v>
       </c>
       <c r="C388" t="s">
         <v>1153</v>
       </c>
       <c r="D388" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E388">
         <v>1</v>
       </c>
       <c r="F388">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G388">
-        <v>122</v>
+        <v>49</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
         <v>1154</v>
       </c>
       <c r="B389" t="s">
         <v>1155</v>
       </c>
       <c r="C389" t="s">
         <v>1156</v>
       </c>
       <c r="D389" t="s">
         <v>11</v>
       </c>
       <c r="E389">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F389">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G389">
-        <v>158</v>
+        <v>122</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
         <v>1157</v>
       </c>
       <c r="B390" t="s">
         <v>1158</v>
       </c>
       <c r="C390" t="s">
         <v>1159</v>
       </c>
       <c r="D390" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E390">
-        <v>50</v>
+        <v>3</v>
       </c>
       <c r="F390">
-        <v>0</v>
+        <v>3</v>
+      </c>
+      <c r="G390">
+        <v>158</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
         <v>1160</v>
       </c>
       <c r="B391" t="s">
         <v>1161</v>
       </c>
       <c r="C391" t="s">
         <v>1162</v>
       </c>
       <c r="D391" t="s">
         <v>15</v>
       </c>
       <c r="E391">
-        <v>4</v>
+        <v>50</v>
       </c>
       <c r="F391">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>593</v>
+        <v>0</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
         <v>1163</v>
       </c>
       <c r="B392" t="s">
         <v>1164</v>
       </c>
       <c r="C392" t="s">
         <v>1165</v>
       </c>
       <c r="D392" t="s">
         <v>15</v>
       </c>
       <c r="E392">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F392">
-        <v>0</v>
+        <v>4</v>
+      </c>
+      <c r="G392">
+        <v>593</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
         <v>1166</v>
       </c>
       <c r="B393" t="s">
         <v>1167</v>
       </c>
       <c r="C393" t="s">
         <v>1168</v>
       </c>
       <c r="D393" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E393">
         <v>1</v>
       </c>
       <c r="F393">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>0</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
         <v>1169</v>
       </c>
       <c r="B394" t="s">
         <v>1170</v>
       </c>
       <c r="C394" t="s">
         <v>1171</v>
       </c>
       <c r="D394" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E394">
         <v>1</v>
       </c>
       <c r="F394">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G394">
-        <v>1293</v>
+        <v>13</v>
+      </c>
+      <c r="H394" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
         <v>1172</v>
       </c>
       <c r="B395" t="s">
         <v>1173</v>
       </c>
       <c r="C395" t="s">
         <v>1174</v>
       </c>
       <c r="D395" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E395">
-        <v>2608</v>
+        <v>1</v>
       </c>
       <c r="F395">
         <v>0</v>
+      </c>
+      <c r="G395">
+        <v>1293</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
         <v>1175</v>
       </c>
       <c r="B396" t="s">
         <v>1176</v>
       </c>
       <c r="C396" t="s">
         <v>1177</v>
       </c>
       <c r="D396" t="s">
         <v>11</v>
       </c>
       <c r="E396">
-        <v>68</v>
+        <v>2617</v>
       </c>
       <c r="F396">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>847</v>
+        <v>0</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
         <v>1178</v>
       </c>
       <c r="B397" t="s">
         <v>1179</v>
       </c>
       <c r="C397" t="s">
         <v>1180</v>
       </c>
       <c r="D397" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E397">
-        <v>4</v>
+        <v>68</v>
       </c>
       <c r="F397">
-        <v>0</v>
+        <v>65</v>
+      </c>
+      <c r="G397">
+        <v>847</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
         <v>1181</v>
       </c>
       <c r="B398" t="s">
         <v>1182</v>
       </c>
       <c r="C398" t="s">
         <v>1183</v>
       </c>
       <c r="D398" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E398">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F398">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>0</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
         <v>1184</v>
       </c>
       <c r="B399" t="s">
         <v>1185</v>
       </c>
       <c r="C399" t="s">
         <v>1186</v>
       </c>
       <c r="D399" t="s">
         <v>11</v>
       </c>
       <c r="E399">
         <v>1</v>
       </c>
       <c r="F399">
         <v>1</v>
       </c>
       <c r="G399">
-        <v>21</v>
+        <v>7</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
         <v>1187</v>
       </c>
       <c r="B400" t="s">
         <v>1188</v>
       </c>
       <c r="C400" t="s">
         <v>1189</v>
       </c>
       <c r="D400" t="s">
         <v>11</v>
       </c>
       <c r="E400">
         <v>1</v>
       </c>
       <c r="F400">
         <v>1</v>
       </c>
       <c r="G400">
-        <v>31</v>
+        <v>21</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
         <v>1190</v>
       </c>
       <c r="B401" t="s">
         <v>1191</v>
       </c>
       <c r="C401" t="s">
         <v>1192</v>
       </c>
       <c r="D401" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E401">
         <v>1</v>
       </c>
       <c r="F401">
         <v>1</v>
       </c>
       <c r="G401">
-        <v>143</v>
+        <v>31</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
         <v>1193</v>
       </c>
       <c r="B402" t="s">
         <v>1194</v>
       </c>
       <c r="C402" t="s">
         <v>1195</v>
       </c>
       <c r="D402" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E402">
         <v>1</v>
       </c>
       <c r="F402">
         <v>1</v>
       </c>
       <c r="G402">
-        <v>33</v>
+        <v>143</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
         <v>1196</v>
       </c>
       <c r="B403" t="s">
         <v>1197</v>
       </c>
       <c r="C403" t="s">
         <v>1198</v>
       </c>
       <c r="D403" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E403">
         <v>1</v>
       </c>
       <c r="F403">
         <v>1</v>
       </c>
       <c r="G403">
-        <v>86</v>
+        <v>33</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
         <v>1199</v>
       </c>
       <c r="B404" t="s">
         <v>1200</v>
       </c>
       <c r="C404" t="s">
         <v>1201</v>
       </c>
       <c r="D404" t="s">
         <v>15</v>
       </c>
       <c r="E404">
-        <v>140</v>
+        <v>1</v>
       </c>
       <c r="F404">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G404">
+        <v>86</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
         <v>1202</v>
       </c>
       <c r="B405" t="s">
         <v>1203</v>
       </c>
       <c r="C405" t="s">
         <v>1204</v>
       </c>
       <c r="D405" t="s">
         <v>15</v>
       </c>
       <c r="E405">
-        <v>1</v>
+        <v>140</v>
       </c>
       <c r="F405">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>0</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
         <v>1205</v>
       </c>
       <c r="B406" t="s">
         <v>1206</v>
       </c>
       <c r="C406" t="s">
         <v>1207</v>
       </c>
       <c r="D406" t="s">
         <v>15</v>
       </c>
       <c r="E406">
         <v>1</v>
       </c>
       <c r="F406">
         <v>1</v>
       </c>
       <c r="G406">
-        <v>61</v>
+        <v>55</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
         <v>1208</v>
       </c>
       <c r="B407" t="s">
         <v>1209</v>
       </c>
       <c r="C407" t="s">
         <v>1210</v>
       </c>
       <c r="D407" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E407">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="F407">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="G407">
-        <v>134</v>
+        <v>61</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
         <v>1211</v>
       </c>
       <c r="B408" t="s">
         <v>1212</v>
       </c>
       <c r="C408" t="s">
         <v>1213</v>
       </c>
       <c r="D408" t="s">
         <v>11</v>
       </c>
       <c r="E408">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F408">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G408">
-        <v>687</v>
+        <v>134</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
         <v>1214</v>
       </c>
       <c r="B409" t="s">
         <v>1215</v>
       </c>
       <c r="C409" t="s">
         <v>1216</v>
       </c>
       <c r="D409" t="s">
         <v>11</v>
       </c>
       <c r="E409">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="F409">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="G409">
-        <v>41</v>
+        <v>687</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
         <v>1217</v>
       </c>
       <c r="B410" t="s">
         <v>1218</v>
       </c>
       <c r="C410" t="s">
         <v>1219</v>
       </c>
       <c r="D410" t="s">
         <v>11</v>
       </c>
       <c r="E410">
         <v>3</v>
       </c>
       <c r="F410">
         <v>3</v>
       </c>
       <c r="G410">
-        <v>234</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>41</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
         <v>1220</v>
       </c>
       <c r="B411" t="s">
         <v>1221</v>
       </c>
       <c r="C411" t="s">
         <v>1222</v>
       </c>
       <c r="D411" t="s">
         <v>11</v>
       </c>
       <c r="E411">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F411">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G411">
-        <v>6</v>
+        <v>234</v>
+      </c>
+      <c r="H411" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
         <v>1223</v>
       </c>
       <c r="B412" t="s">
         <v>1224</v>
       </c>
       <c r="C412" t="s">
         <v>1225</v>
       </c>
       <c r="D412" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E412">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F412">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G412">
-        <v>957</v>
+        <v>6</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
         <v>1226</v>
       </c>
       <c r="B413" t="s">
         <v>1227</v>
       </c>
       <c r="C413" t="s">
         <v>1228</v>
       </c>
       <c r="D413" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E413">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="F413">
-        <v>26</v>
+        <v>4</v>
       </c>
       <c r="G413">
-        <v>1791</v>
+        <v>957</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
         <v>1229</v>
       </c>
       <c r="B414" t="s">
         <v>1230</v>
       </c>
       <c r="C414" t="s">
         <v>1231</v>
       </c>
       <c r="D414" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E414">
-        <v>127</v>
+        <v>27</v>
       </c>
       <c r="F414">
-        <v>0</v>
+        <v>26</v>
+      </c>
+      <c r="G414">
+        <v>1791</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
         <v>1232</v>
       </c>
       <c r="B415" t="s">
         <v>1233</v>
       </c>
       <c r="C415" t="s">
         <v>1234</v>
       </c>
       <c r="D415" t="s">
         <v>15</v>
       </c>
       <c r="E415">
-        <v>21</v>
+        <v>127</v>
       </c>
       <c r="F415">
         <v>0</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
         <v>1235</v>
       </c>
       <c r="B416" t="s">
         <v>1236</v>
       </c>
       <c r="C416" t="s">
         <v>1237</v>
       </c>
       <c r="D416" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E416">
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="F416">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>0</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
         <v>1238</v>
       </c>
       <c r="B417" t="s">
         <v>1239</v>
       </c>
       <c r="C417" t="s">
         <v>1240</v>
       </c>
       <c r="D417" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E417">
         <v>1</v>
       </c>
       <c r="F417">
         <v>1</v>
       </c>
       <c r="G417">
-        <v>17</v>
+        <v>43</v>
+      </c>
+      <c r="H417" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
         <v>1241</v>
       </c>
       <c r="B418" t="s">
         <v>1242</v>
       </c>
       <c r="C418" t="s">
         <v>1243</v>
       </c>
       <c r="D418" t="s">
         <v>15</v>
       </c>
       <c r="E418">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F418">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G418">
-        <v>55</v>
+        <v>17</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
         <v>1244</v>
       </c>
       <c r="B419" t="s">
         <v>1245</v>
       </c>
       <c r="C419" t="s">
         <v>1246</v>
       </c>
       <c r="D419" t="s">
         <v>15</v>
       </c>
       <c r="E419">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F419">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G419">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>55</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
         <v>1247</v>
       </c>
       <c r="B420" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="C420" t="s">
-        <v>1248</v>
+        <v>1249</v>
+      </c>
+      <c r="D420" t="s">
+        <v>15</v>
       </c>
       <c r="E420">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F420">
-        <v>0</v>
+        <v>5</v>
+      </c>
+      <c r="G420">
+        <v>68</v>
       </c>
       <c r="H420" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="B421" t="s">
         <v>1250</v>
       </c>
       <c r="C421" t="s">
         <v>1251</v>
       </c>
       <c r="E421">
-        <v>110</v>
+        <v>10</v>
       </c>
       <c r="F421">
         <v>0</v>
       </c>
       <c r="H421" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
         <v>1252</v>
       </c>
       <c r="B422" t="s">
         <v>1253</v>
       </c>
       <c r="C422" t="s">
         <v>1254</v>
       </c>
-      <c r="D422" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E422">
-        <v>75</v>
+        <v>110</v>
       </c>
       <c r="F422">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>216</v>
+        <v>0</v>
+      </c>
+      <c r="H422" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
         <v>1255</v>
       </c>
       <c r="B423" t="s">
         <v>1256</v>
       </c>
       <c r="C423" t="s">
         <v>1257</v>
       </c>
       <c r="D423" t="s">
         <v>15</v>
       </c>
       <c r="E423">
-        <v>22</v>
+        <v>75</v>
       </c>
       <c r="F423">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="G423">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>216</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
         <v>1258</v>
       </c>
       <c r="B424" t="s">
         <v>1259</v>
       </c>
       <c r="C424" t="s">
         <v>1260</v>
       </c>
       <c r="D424" t="s">
         <v>15</v>
       </c>
       <c r="E424">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="F424">
         <v>0</v>
+      </c>
+      <c r="G424">
+        <v>13</v>
       </c>
       <c r="H424" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
         <v>1261</v>
       </c>
       <c r="B425" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="C425" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="D425" t="s">
         <v>15</v>
       </c>
       <c r="E425">
-        <v>1851</v>
+        <v>42</v>
       </c>
       <c r="F425">
-        <v>1051</v>
-[...2 lines deleted...]
-        <v>22933</v>
+        <v>0</v>
+      </c>
+      <c r="H425" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="B426" t="s">
         <v>1264</v>
       </c>
       <c r="C426" t="s">
         <v>1265</v>
       </c>
       <c r="D426" t="s">
         <v>15</v>
       </c>
       <c r="E426">
-        <v>28</v>
+        <v>1851</v>
       </c>
       <c r="F426">
-        <v>0</v>
+        <v>1051</v>
+      </c>
+      <c r="G426">
+        <v>22933</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
         <v>1266</v>
       </c>
       <c r="B427" t="s">
         <v>1267</v>
       </c>
       <c r="C427" t="s">
         <v>1268</v>
       </c>
       <c r="D427" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E427">
-        <v>6</v>
+        <v>28</v>
       </c>
       <c r="F427">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
         <v>1269</v>
       </c>
       <c r="B428" t="s">
         <v>1270</v>
       </c>
       <c r="C428" t="s">
         <v>1271</v>
       </c>
       <c r="D428" t="s">
         <v>47</v>
       </c>
       <c r="E428">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F428">
         <v>0</v>
       </c>
       <c r="H428" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
         <v>1272</v>
       </c>
       <c r="B429" t="s">
         <v>1273</v>
       </c>
       <c r="C429" t="s">
         <v>1274</v>
       </c>
       <c r="D429" t="s">
         <v>47</v>
       </c>
       <c r="E429">
-        <v>174</v>
+        <v>3</v>
       </c>
       <c r="F429">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>3733</v>
+        <v>0</v>
       </c>
       <c r="H429" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
         <v>1275</v>
       </c>
       <c r="B430" t="s">
         <v>1276</v>
       </c>
       <c r="C430" t="s">
         <v>1277</v>
       </c>
       <c r="D430" t="s">
         <v>47</v>
       </c>
       <c r="E430">
-        <v>378</v>
+        <v>174</v>
       </c>
       <c r="F430">
-        <v>378</v>
+        <v>172</v>
       </c>
       <c r="G430">
-        <v>14708</v>
+        <v>3733</v>
       </c>
       <c r="H430" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
         <v>1278</v>
       </c>
       <c r="B431" t="s">
         <v>1279</v>
       </c>
       <c r="C431" t="s">
         <v>1280</v>
       </c>
       <c r="D431" t="s">
         <v>47</v>
       </c>
       <c r="E431">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="F431">
-        <v>384</v>
+        <v>379</v>
       </c>
       <c r="G431">
-        <v>14765</v>
+        <v>14713</v>
       </c>
       <c r="H431" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
         <v>1281</v>
       </c>
       <c r="B432" t="s">
         <v>1282</v>
       </c>
       <c r="C432" t="s">
         <v>1283</v>
       </c>
       <c r="D432" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
       <c r="E432">
-        <v>37</v>
+        <v>385</v>
       </c>
       <c r="F432">
-        <v>0</v>
+        <v>385</v>
+      </c>
+      <c r="G432">
+        <v>14770</v>
+      </c>
+      <c r="H432" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
         <v>1284</v>
       </c>
       <c r="B433" t="s">
         <v>1285</v>
       </c>
       <c r="C433" t="s">
         <v>1286</v>
       </c>
       <c r="D433" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E433">
-        <v>1</v>
+        <v>37</v>
       </c>
       <c r="F433">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
         <v>1287</v>
       </c>
       <c r="B434" t="s">
         <v>1288</v>
       </c>
       <c r="C434" t="s">
         <v>1289</v>
       </c>
       <c r="D434" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E434">
         <v>1</v>
       </c>
       <c r="F434">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G434">
-        <v>186</v>
+        <v>235</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
         <v>1290</v>
       </c>
       <c r="B435" t="s">
         <v>1291</v>
       </c>
       <c r="C435" t="s">
         <v>1292</v>
       </c>
       <c r="D435" t="s">
         <v>15</v>
       </c>
       <c r="E435">
         <v>1</v>
       </c>
       <c r="F435">
         <v>1</v>
       </c>
       <c r="G435">
-        <v>44</v>
+        <v>186</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
         <v>1293</v>
       </c>
       <c r="B436" t="s">
         <v>1294</v>
       </c>
       <c r="C436" t="s">
         <v>1295</v>
       </c>
       <c r="D436" t="s">
         <v>15</v>
       </c>
       <c r="E436">
         <v>1</v>
       </c>
       <c r="F436">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G436">
-        <v>57</v>
+        <v>44</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
         <v>1296</v>
       </c>
       <c r="B437" t="s">
         <v>1297</v>
       </c>
       <c r="C437" t="s">
         <v>1298</v>
       </c>
       <c r="D437" t="s">
         <v>15</v>
       </c>
       <c r="E437">
         <v>1</v>
       </c>
       <c r="F437">
         <v>0</v>
       </c>
       <c r="G437">
-        <v>288</v>
+        <v>57</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
         <v>1299</v>
       </c>
       <c r="B438" t="s">
         <v>1300</v>
       </c>
       <c r="C438" t="s">
         <v>1301</v>
       </c>
       <c r="D438" t="s">
         <v>15</v>
       </c>
       <c r="E438">
         <v>1</v>
       </c>
       <c r="F438">
         <v>0</v>
       </c>
       <c r="G438">
-        <v>200</v>
+        <v>288</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
         <v>1302</v>
       </c>
       <c r="B439" t="s">
         <v>1303</v>
       </c>
       <c r="C439" t="s">
         <v>1304</v>
       </c>
       <c r="D439" t="s">
         <v>15</v>
       </c>
       <c r="E439">
         <v>1</v>
       </c>
       <c r="F439">
         <v>0</v>
       </c>
+      <c r="G439">
+        <v>200</v>
+      </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
         <v>1305</v>
       </c>
       <c r="B440" t="s">
         <v>1306</v>
       </c>
       <c r="C440" t="s">
         <v>1307</v>
       </c>
       <c r="D440" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E440">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="F440">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>1151</v>
+        <v>0</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
         <v>1308</v>
       </c>
       <c r="B441" t="s">
         <v>1309</v>
       </c>
       <c r="C441" t="s">
         <v>1310</v>
       </c>
       <c r="D441" t="s">
         <v>11</v>
       </c>
       <c r="E441">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="F441">
-        <v>2</v>
+        <v>23</v>
       </c>
       <c r="G441">
-        <v>44</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
         <v>1311</v>
       </c>
       <c r="B442" t="s">
         <v>1312</v>
       </c>
       <c r="C442" t="s">
         <v>1313</v>
       </c>
       <c r="D442" t="s">
         <v>11</v>
       </c>
       <c r="E442">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F442">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G442">
-        <v>32</v>
+        <v>44</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
         <v>1314</v>
       </c>
       <c r="B443" t="s">
         <v>1315</v>
       </c>
       <c r="C443" t="s">
         <v>1316</v>
       </c>
       <c r="D443" t="s">
         <v>11</v>
       </c>
       <c r="E443">
-        <v>62</v>
+        <v>1</v>
       </c>
       <c r="F443">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="G443">
-        <v>543</v>
+        <v>32</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
         <v>1317</v>
       </c>
       <c r="B444" t="s">
         <v>1318</v>
       </c>
       <c r="C444" t="s">
         <v>1319</v>
       </c>
       <c r="D444" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E444">
-        <v>2</v>
+        <v>62</v>
       </c>
       <c r="F444">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>56</v>
+      </c>
+      <c r="G444">
+        <v>543</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
         <v>1320</v>
       </c>
       <c r="B445" t="s">
         <v>1321</v>
       </c>
       <c r="C445" t="s">
         <v>1322</v>
       </c>
       <c r="D445" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E445">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F445">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>0</v>
+      </c>
+      <c r="H445" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
         <v>1323</v>
       </c>
       <c r="B446" t="s">
         <v>1324</v>
       </c>
       <c r="C446" t="s">
         <v>1325</v>
       </c>
       <c r="D446" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E446">
         <v>4</v>
       </c>
       <c r="F446">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G446">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
         <v>1326</v>
       </c>
       <c r="B447" t="s">
         <v>1327</v>
       </c>
       <c r="C447" t="s">
         <v>1328</v>
       </c>
       <c r="D447" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E447">
-        <v>51</v>
+        <v>4</v>
       </c>
       <c r="F447">
-        <v>46</v>
+        <v>3</v>
       </c>
       <c r="G447">
-        <v>439</v>
+        <v>15</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
         <v>1329</v>
       </c>
       <c r="B448" t="s">
         <v>1330</v>
       </c>
       <c r="C448" t="s">
         <v>1331</v>
       </c>
       <c r="D448" t="s">
-        <v>1332</v>
+        <v>11</v>
       </c>
       <c r="E448">
-        <v>1</v>
+        <v>51</v>
       </c>
       <c r="F448">
-        <v>0</v>
+        <v>46</v>
+      </c>
+      <c r="G448">
+        <v>439</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B449" t="s">
         <v>1333</v>
       </c>
-      <c r="B449" t="s">
+      <c r="C449" t="s">
         <v>1334</v>
       </c>
-      <c r="C449" t="s">
+      <c r="D449" t="s">
         <v>1335</v>
       </c>
-      <c r="D449" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E449">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F449">
         <v>0</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
         <v>1336</v>
       </c>
       <c r="B450" t="s">
         <v>1337</v>
       </c>
       <c r="C450" t="s">
         <v>1338</v>
       </c>
+      <c r="D450" t="s">
+        <v>15</v>
+      </c>
       <c r="E450">
-        <v>325</v>
+        <v>10</v>
       </c>
       <c r="F450">
         <v>0</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
         <v>1339</v>
       </c>
       <c r="B451" t="s">
         <v>1340</v>
       </c>
       <c r="C451" t="s">
         <v>1341</v>
       </c>
-      <c r="D451" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E451">
-        <v>1</v>
+        <v>325</v>
       </c>
       <c r="F451">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>255</v>
+        <v>0</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
         <v>1342</v>
       </c>
       <c r="B452" t="s">
         <v>1343</v>
       </c>
       <c r="C452" t="s">
         <v>1344</v>
       </c>
       <c r="D452" t="s">
         <v>11</v>
       </c>
       <c r="E452">
         <v>1</v>
       </c>
       <c r="F452">
         <v>1</v>
       </c>
       <c r="G452">
-        <v>36</v>
+        <v>255</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
         <v>1345</v>
       </c>
       <c r="B453" t="s">
         <v>1346</v>
       </c>
       <c r="C453" t="s">
         <v>1347</v>
       </c>
       <c r="D453" t="s">
         <v>11</v>
       </c>
       <c r="E453">
         <v>1</v>
       </c>
       <c r="F453">
         <v>1</v>
       </c>
       <c r="G453">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>36</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
         <v>1348</v>
       </c>
       <c r="B454" t="s">
         <v>1349</v>
       </c>
       <c r="C454" t="s">
         <v>1350</v>
       </c>
       <c r="D454" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E454">
         <v>1</v>
       </c>
       <c r="F454">
         <v>1</v>
       </c>
       <c r="G454">
         <v>16</v>
+      </c>
+      <c r="H454" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
         <v>1351</v>
       </c>
       <c r="B455" t="s">
         <v>1352</v>
       </c>
       <c r="C455" t="s">
         <v>1353</v>
       </c>
       <c r="D455" t="s">
         <v>15</v>
       </c>
       <c r="E455">
         <v>1</v>
       </c>
       <c r="F455">
         <v>1</v>
       </c>
       <c r="G455">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
         <v>1354</v>
       </c>
       <c r="B456" t="s">
         <v>1355</v>
       </c>
       <c r="C456" t="s">
         <v>1356</v>
       </c>
       <c r="D456" t="s">
         <v>15</v>
       </c>
       <c r="E456">
         <v>1</v>
       </c>
       <c r="F456">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G456">
+        <v>14</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
         <v>1357</v>
       </c>
       <c r="B457" t="s">
         <v>1358</v>
       </c>
       <c r="C457" t="s">
         <v>1359</v>
       </c>
       <c r="D457" t="s">
         <v>15</v>
       </c>
       <c r="E457">
         <v>1</v>
       </c>
       <c r="F457">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
         <v>1360</v>
       </c>
       <c r="B458" t="s">
         <v>1361</v>
       </c>
       <c r="C458" t="s">
         <v>1362</v>
       </c>
       <c r="D458" t="s">
         <v>15</v>
       </c>
       <c r="E458">
         <v>1</v>
       </c>
       <c r="F458">
         <v>1</v>
       </c>
       <c r="G458">
-        <v>142</v>
+        <v>1</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
         <v>1363</v>
       </c>
       <c r="B459" t="s">
         <v>1364</v>
       </c>
       <c r="C459" t="s">
         <v>1365</v>
       </c>
       <c r="D459" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E459">
         <v>1</v>
       </c>
       <c r="F459">
         <v>1</v>
       </c>
       <c r="G459">
-        <v>57</v>
+        <v>142</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
         <v>1366</v>
       </c>
       <c r="B460" t="s">
         <v>1367</v>
       </c>
       <c r="C460" t="s">
         <v>1368</v>
       </c>
       <c r="D460" t="s">
         <v>11</v>
       </c>
       <c r="E460">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F460">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G460">
-        <v>480</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>57</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
         <v>1369</v>
       </c>
       <c r="B461" t="s">
         <v>1370</v>
       </c>
       <c r="C461" t="s">
         <v>1371</v>
       </c>
       <c r="D461" t="s">
         <v>11</v>
       </c>
       <c r="E461">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F461">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="G461">
-        <v>117</v>
+        <v>480</v>
       </c>
       <c r="H461" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
         <v>1372</v>
       </c>
       <c r="B462" t="s">
         <v>1373</v>
       </c>
       <c r="C462" t="s">
         <v>1374</v>
       </c>
       <c r="D462" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E462">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F462">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G462">
-        <v>8</v>
+        <v>117</v>
+      </c>
+      <c r="H462" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
         <v>1375</v>
       </c>
       <c r="B463" t="s">
         <v>1376</v>
       </c>
       <c r="C463" t="s">
         <v>1377</v>
       </c>
       <c r="D463" t="s">
         <v>15</v>
       </c>
       <c r="E463">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F463">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G463">
-        <v>140</v>
+        <v>8</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
         <v>1378</v>
       </c>
       <c r="B464" t="s">
         <v>1379</v>
       </c>
       <c r="C464" t="s">
         <v>1380</v>
       </c>
       <c r="D464" t="s">
         <v>15</v>
       </c>
       <c r="E464">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F464">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G464">
-        <v>13</v>
+        <v>140</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
         <v>1381</v>
       </c>
       <c r="B465" t="s">
         <v>1382</v>
       </c>
       <c r="C465" t="s">
         <v>1383</v>
       </c>
       <c r="D465" t="s">
         <v>15</v>
       </c>
       <c r="E465">
         <v>1</v>
       </c>
       <c r="F465">
         <v>1</v>
       </c>
       <c r="G465">
-        <v>170</v>
+        <v>13</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
         <v>1384</v>
       </c>
       <c r="B466" t="s">
         <v>1385</v>
       </c>
       <c r="C466" t="s">
         <v>1386</v>
       </c>
       <c r="D466" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E466">
         <v>1</v>
       </c>
       <c r="F466">
         <v>1</v>
       </c>
       <c r="G466">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
         <v>1387</v>
       </c>
       <c r="B467" t="s">
         <v>1388</v>
       </c>
       <c r="C467" t="s">
         <v>1389</v>
       </c>
       <c r="D467" t="s">
         <v>11</v>
       </c>
       <c r="E467">
         <v>1</v>
       </c>
       <c r="F467">
         <v>1</v>
       </c>
       <c r="G467">
-        <v>241</v>
+        <v>140</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
         <v>1390</v>
       </c>
       <c r="B468" t="s">
         <v>1391</v>
       </c>
       <c r="C468" t="s">
         <v>1392</v>
       </c>
       <c r="D468" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E468">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F468">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="G468">
-        <v>35</v>
+        <v>241</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
         <v>1393</v>
       </c>
       <c r="B469" t="s">
         <v>1394</v>
       </c>
       <c r="C469" t="s">
         <v>1395</v>
       </c>
       <c r="D469" t="s">
         <v>15</v>
       </c>
       <c r="E469">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="F469">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="G469">
-        <v>3420</v>
+        <v>35</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
         <v>1396</v>
       </c>
       <c r="B470" t="s">
         <v>1397</v>
       </c>
       <c r="C470" t="s">
         <v>1398</v>
       </c>
       <c r="D470" t="s">
         <v>15</v>
       </c>
       <c r="E470">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F470">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G470">
+        <v>3420</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
         <v>1399</v>
       </c>
       <c r="B471" t="s">
         <v>1400</v>
       </c>
       <c r="C471" t="s">
         <v>1401</v>
       </c>
       <c r="D471" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E471">
         <v>3</v>
       </c>
       <c r="F471">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>428</v>
+        <v>0</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
         <v>1402</v>
       </c>
       <c r="B472" t="s">
         <v>1403</v>
       </c>
       <c r="C472" t="s">
         <v>1404</v>
       </c>
       <c r="D472" t="s">
         <v>11</v>
       </c>
       <c r="E472">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F472">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G472">
-        <v>30</v>
+        <v>428</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
         <v>1405</v>
       </c>
       <c r="B473" t="s">
         <v>1406</v>
       </c>
       <c r="C473" t="s">
         <v>1407</v>
       </c>
       <c r="D473" t="s">
         <v>11</v>
       </c>
       <c r="E473">
-        <v>45</v>
+        <v>1</v>
       </c>
       <c r="F473">
-        <v>45</v>
+        <v>1</v>
       </c>
       <c r="G473">
-        <v>9328</v>
+        <v>30</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
         <v>1408</v>
       </c>
       <c r="B474" t="s">
         <v>1409</v>
       </c>
       <c r="C474" t="s">
         <v>1410</v>
       </c>
       <c r="D474" t="s">
         <v>11</v>
       </c>
       <c r="E474">
-        <v>1</v>
+        <v>45</v>
       </c>
       <c r="F474">
-        <v>1</v>
+        <v>45</v>
       </c>
       <c r="G474">
-        <v>201</v>
+        <v>9328</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
         <v>1411</v>
       </c>
       <c r="B475" t="s">
         <v>1412</v>
       </c>
       <c r="C475" t="s">
         <v>1413</v>
       </c>
       <c r="D475" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E475">
-        <v>1</v>
+        <v>45</v>
       </c>
       <c r="F475">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>45</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
         <v>1414</v>
       </c>
       <c r="B476" t="s">
         <v>1415</v>
       </c>
       <c r="C476" t="s">
         <v>1416</v>
       </c>
+      <c r="D476" t="s">
+        <v>15</v>
+      </c>
       <c r="E476">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="F476">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="G476">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
         <v>1417</v>
       </c>
       <c r="B477" t="s">
         <v>1418</v>
       </c>
       <c r="C477" t="s">
         <v>1419</v>
       </c>
       <c r="D477" t="s">
         <v>11</v>
       </c>
       <c r="E477">
         <v>1</v>
       </c>
       <c r="F477">
         <v>1</v>
       </c>
       <c r="G477">
-        <v>17</v>
+        <v>201</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
         <v>1420</v>
       </c>
       <c r="B478" t="s">
         <v>1421</v>
       </c>
       <c r="C478" t="s">
         <v>1422</v>
       </c>
       <c r="D478" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E478">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F478">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G478">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>125</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
         <v>1423</v>
       </c>
       <c r="B479" t="s">
         <v>1424</v>
       </c>
       <c r="C479" t="s">
         <v>1425</v>
       </c>
-      <c r="D479" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E479">
-        <v>103</v>
+        <v>1</v>
       </c>
       <c r="F479">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>1</v>
+      </c>
+      <c r="G479">
+        <v>17</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
         <v>1426</v>
       </c>
       <c r="B480" t="s">
         <v>1427</v>
       </c>
       <c r="C480" t="s">
         <v>1428</v>
       </c>
       <c r="D480" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E480">
         <v>1</v>
       </c>
       <c r="F480">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G480">
+        <v>17</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
         <v>1429</v>
       </c>
       <c r="B481" t="s">
         <v>1430</v>
       </c>
       <c r="C481" t="s">
         <v>1431</v>
       </c>
       <c r="D481" t="s">
         <v>15</v>
       </c>
       <c r="E481">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F481">
-        <v>0</v>
+        <v>3</v>
+      </c>
+      <c r="G481">
+        <v>10</v>
       </c>
       <c r="H481" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
         <v>1432</v>
       </c>
       <c r="B482" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="C482" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="D482" t="s">
-        <v>892</v>
+        <v>15</v>
       </c>
       <c r="E482">
-        <v>5</v>
+        <v>103</v>
       </c>
       <c r="F482">
         <v>0</v>
       </c>
       <c r="H482" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="B483" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="C483" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="D483" t="s">
         <v>15</v>
       </c>
       <c r="E483">
-        <v>111</v>
+        <v>1</v>
       </c>
       <c r="F483">
         <v>0</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="B484" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="C484" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="D484" t="s">
-        <v>892</v>
+        <v>15</v>
       </c>
       <c r="E484">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F484">
         <v>0</v>
       </c>
       <c r="H484" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="B485" t="s">
         <v>1441</v>
       </c>
       <c r="C485" t="s">
         <v>1442</v>
       </c>
       <c r="D485" t="s">
-        <v>15</v>
+        <v>895</v>
       </c>
       <c r="E485">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F485">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>0</v>
+      </c>
+      <c r="H485" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
         <v>1443</v>
       </c>
       <c r="B486" t="s">
         <v>1444</v>
       </c>
       <c r="C486" t="s">
         <v>1445</v>
       </c>
       <c r="D486" t="s">
-        <v>647</v>
+        <v>15</v>
       </c>
       <c r="E486">
-        <v>385</v>
+        <v>111</v>
       </c>
       <c r="F486">
         <v>0</v>
       </c>
-      <c r="H486" t="s">
+    </row>
+    <row r="487" spans="1:8">
+      <c r="A487" t="s">
+        <v>1446</v>
+      </c>
+      <c r="B487" t="s">
+        <v>1447</v>
+      </c>
+      <c r="C487" t="s">
+        <v>1448</v>
+      </c>
+      <c r="D487" t="s">
+        <v>895</v>
+      </c>
+      <c r="E487">
+        <v>1</v>
+      </c>
+      <c r="F487">
+        <v>0</v>
+      </c>
+      <c r="H487" t="s">
         <v>28</v>
+      </c>
+    </row>
+    <row r="488" spans="1:8">
+      <c r="A488" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B488" t="s">
+        <v>1450</v>
+      </c>
+      <c r="C488" t="s">
+        <v>1451</v>
+      </c>
+      <c r="D488" t="s">
+        <v>15</v>
+      </c>
+      <c r="E488">
+        <v>1</v>
+      </c>
+      <c r="F488">
+        <v>1</v>
+      </c>
+      <c r="G488">
+        <v>180</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>1446</v>
+        <v>1452</v>
+      </c>
+      <c r="B489" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C489" t="s">
+        <v>1454</v>
+      </c>
+      <c r="D489" t="s">
+        <v>650</v>
+      </c>
+      <c r="E489">
+        <v>385</v>
+      </c>
+      <c r="F489">
+        <v>0</v>
+      </c>
+      <c r="H489" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492" t="s">
+        <v>1455</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="H7" r:id="rId_hyperlink_1"/>
     <hyperlink ref="H12" r:id="rId_hyperlink_2"/>
     <hyperlink ref="H13" r:id="rId_hyperlink_3"/>
     <hyperlink ref="H14" r:id="rId_hyperlink_4"/>
     <hyperlink ref="H20" r:id="rId_hyperlink_5"/>
     <hyperlink ref="H35" r:id="rId_hyperlink_6"/>
     <hyperlink ref="H36" r:id="rId_hyperlink_7"/>
     <hyperlink ref="H38" r:id="rId_hyperlink_8"/>
     <hyperlink ref="H41" r:id="rId_hyperlink_9"/>
     <hyperlink ref="H59" r:id="rId_hyperlink_10"/>
     <hyperlink ref="H61" r:id="rId_hyperlink_11"/>
     <hyperlink ref="H67" r:id="rId_hyperlink_12"/>
     <hyperlink ref="H68" r:id="rId_hyperlink_13"/>
     <hyperlink ref="H69" r:id="rId_hyperlink_14"/>
     <hyperlink ref="H73" r:id="rId_hyperlink_15"/>
     <hyperlink ref="H83" r:id="rId_hyperlink_16"/>
     <hyperlink ref="H84" r:id="rId_hyperlink_17"/>
     <hyperlink ref="H85" r:id="rId_hyperlink_18"/>
     <hyperlink ref="H123" r:id="rId_hyperlink_19"/>
     <hyperlink ref="H151" r:id="rId_hyperlink_20"/>
     <hyperlink ref="H152" r:id="rId_hyperlink_21"/>
     <hyperlink ref="H159" r:id="rId_hyperlink_22"/>
     <hyperlink ref="H162" r:id="rId_hyperlink_23"/>
     <hyperlink ref="H170" r:id="rId_hyperlink_24"/>
     <hyperlink ref="H177" r:id="rId_hyperlink_25"/>
     <hyperlink ref="H178" r:id="rId_hyperlink_26"/>
     <hyperlink ref="H187" r:id="rId_hyperlink_27"/>
     <hyperlink ref="H192" r:id="rId_hyperlink_28"/>
     <hyperlink ref="H193" r:id="rId_hyperlink_29"/>
     <hyperlink ref="H199" r:id="rId_hyperlink_30"/>
-    <hyperlink ref="H205" r:id="rId_hyperlink_31"/>
-[...62 lines deleted...]
-    <hyperlink ref="A489" r:id="rId_hyperlink_94"/>
+    <hyperlink ref="H206" r:id="rId_hyperlink_31"/>
+    <hyperlink ref="H211" r:id="rId_hyperlink_32"/>
+    <hyperlink ref="H216" r:id="rId_hyperlink_33"/>
+    <hyperlink ref="H221" r:id="rId_hyperlink_34"/>
+    <hyperlink ref="H222" r:id="rId_hyperlink_35"/>
+    <hyperlink ref="H223" r:id="rId_hyperlink_36"/>
+    <hyperlink ref="H224" r:id="rId_hyperlink_37"/>
+    <hyperlink ref="H228" r:id="rId_hyperlink_38"/>
+    <hyperlink ref="H237" r:id="rId_hyperlink_39"/>
+    <hyperlink ref="H248" r:id="rId_hyperlink_40"/>
+    <hyperlink ref="H249" r:id="rId_hyperlink_41"/>
+    <hyperlink ref="H252" r:id="rId_hyperlink_42"/>
+    <hyperlink ref="H254" r:id="rId_hyperlink_43"/>
+    <hyperlink ref="H255" r:id="rId_hyperlink_44"/>
+    <hyperlink ref="H260" r:id="rId_hyperlink_45"/>
+    <hyperlink ref="H271" r:id="rId_hyperlink_46"/>
+    <hyperlink ref="H273" r:id="rId_hyperlink_47"/>
+    <hyperlink ref="H281" r:id="rId_hyperlink_48"/>
+    <hyperlink ref="H282" r:id="rId_hyperlink_49"/>
+    <hyperlink ref="H286" r:id="rId_hyperlink_50"/>
+    <hyperlink ref="H296" r:id="rId_hyperlink_51"/>
+    <hyperlink ref="H301" r:id="rId_hyperlink_52"/>
+    <hyperlink ref="H304" r:id="rId_hyperlink_53"/>
+    <hyperlink ref="H315" r:id="rId_hyperlink_54"/>
+    <hyperlink ref="H316" r:id="rId_hyperlink_55"/>
+    <hyperlink ref="H331" r:id="rId_hyperlink_56"/>
+    <hyperlink ref="H333" r:id="rId_hyperlink_57"/>
+    <hyperlink ref="H336" r:id="rId_hyperlink_58"/>
+    <hyperlink ref="H337" r:id="rId_hyperlink_59"/>
+    <hyperlink ref="H338" r:id="rId_hyperlink_60"/>
+    <hyperlink ref="H364" r:id="rId_hyperlink_61"/>
+    <hyperlink ref="H365" r:id="rId_hyperlink_62"/>
+    <hyperlink ref="H366" r:id="rId_hyperlink_63"/>
+    <hyperlink ref="H367" r:id="rId_hyperlink_64"/>
+    <hyperlink ref="H372" r:id="rId_hyperlink_65"/>
+    <hyperlink ref="H382" r:id="rId_hyperlink_66"/>
+    <hyperlink ref="H383" r:id="rId_hyperlink_67"/>
+    <hyperlink ref="H384" r:id="rId_hyperlink_68"/>
+    <hyperlink ref="H385" r:id="rId_hyperlink_69"/>
+    <hyperlink ref="H387" r:id="rId_hyperlink_70"/>
+    <hyperlink ref="H394" r:id="rId_hyperlink_71"/>
+    <hyperlink ref="H411" r:id="rId_hyperlink_72"/>
+    <hyperlink ref="H417" r:id="rId_hyperlink_73"/>
+    <hyperlink ref="H420" r:id="rId_hyperlink_74"/>
+    <hyperlink ref="H421" r:id="rId_hyperlink_75"/>
+    <hyperlink ref="H422" r:id="rId_hyperlink_76"/>
+    <hyperlink ref="H424" r:id="rId_hyperlink_77"/>
+    <hyperlink ref="H425" r:id="rId_hyperlink_78"/>
+    <hyperlink ref="H428" r:id="rId_hyperlink_79"/>
+    <hyperlink ref="H429" r:id="rId_hyperlink_80"/>
+    <hyperlink ref="H430" r:id="rId_hyperlink_81"/>
+    <hyperlink ref="H431" r:id="rId_hyperlink_82"/>
+    <hyperlink ref="H432" r:id="rId_hyperlink_83"/>
+    <hyperlink ref="H445" r:id="rId_hyperlink_84"/>
+    <hyperlink ref="H454" r:id="rId_hyperlink_85"/>
+    <hyperlink ref="H461" r:id="rId_hyperlink_86"/>
+    <hyperlink ref="H462" r:id="rId_hyperlink_87"/>
+    <hyperlink ref="H481" r:id="rId_hyperlink_88"/>
+    <hyperlink ref="H482" r:id="rId_hyperlink_89"/>
+    <hyperlink ref="H484" r:id="rId_hyperlink_90"/>
+    <hyperlink ref="H485" r:id="rId_hyperlink_91"/>
+    <hyperlink ref="H487" r:id="rId_hyperlink_92"/>
+    <hyperlink ref="H489" r:id="rId_hyperlink_93"/>
+    <hyperlink ref="A492" r:id="rId_hyperlink_94"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ASMI - Studi</vt:lpstr>