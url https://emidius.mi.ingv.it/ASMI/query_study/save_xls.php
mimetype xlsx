--- v3 (2026-01-14)
+++ v4 (2026-02-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ASMI - Studi" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1456">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1462">
   <si>
     <t>Codice</t>
   </si>
   <si>
     <t>Citazione breve</t>
   </si>
   <si>
     <t>Citazione completa</t>
   </si>
   <si>
     <t>Lingua</t>
   </si>
   <si>
     <t>Numero di terremoti</t>
   </si>
   <si>
     <t>Numero di terremoti con MDP</t>
   </si>
   <si>
     <t>Numero di MDP</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
@@ -518,50 +518,59 @@
   <si>
     <t>Azzaro, 1995</t>
   </si>
   <si>
     <t>Azzaro R., 1995. Studio macrosismico dei terremoti di Trapani del 29 maggio e di Filicudi del 23 luglio 1995. Atti del 14° Convegno Annuale del GNGTS, 1, 197-204.</t>
   </si>
   <si>
     <t>BARAL024</t>
   </si>
   <si>
     <t>Baranello et al., 2024</t>
   </si>
   <si>
     <t>Baranello S., Camassi R., Castelli V. 2024. Behind the Italian catalogues: overlooked but far from negligible earthquakes. Annals of Geophysics, 67, 2, https://doi.org/10.4401/ag-9096.</t>
   </si>
   <si>
     <t>BARAL025</t>
   </si>
   <si>
     <t>Baranello et al., 2025</t>
   </si>
   <si>
     <t>Baranello S., Camassi R., Castelli V., 2025. Materiali per un catalogo dei terremoti italiani. Terremoti del Trevigiano e Bellunese tra '700 e '900. Quaderni di Geofisica, 197, 1-150. https://doi.org/10.13127/qdg/197</t>
   </si>
   <si>
+    <t>BARAL025a</t>
+  </si>
+  <si>
+    <t>Baranello et al., 2025a</t>
+  </si>
+  <si>
+    <t>Baranello S., Barbano M.S., Rossetti A., Castelli V., Camassi R., 2025. Materiali per un catalogo dei terremoti italiani. Forti terremoti delle Prealpi Carniche nel XVIII secolo. Quaderni di Geofisica, 199, 1-172. https://doi.org/10.13127/qdg/199</t>
+  </si>
+  <si>
     <t>BARA023</t>
   </si>
   <si>
     <t>Baranello, 2023</t>
   </si>
   <si>
     <t>Baranello S., 2023. Materiali per un catalogo dei terremoti italiani. Terremoti “minori” dell’Asolano (1861-1921). Quaderni di Geofisica, 186: 1-158. https://doi.org/10.13127/qdg/186</t>
   </si>
   <si>
     <t>BARRI001</t>
   </si>
   <si>
     <t>Barbano and Rigano, 2001</t>
   </si>
   <si>
     <t>Barbano M.S., Rigano R., 2001. Earthquake sources and seismic hazard in Southeastern Sicily. Annali di Geofisica, 44, 4, 723-738. https://doi.org/10.4401/ag-3570.</t>
   </si>
   <si>
     <t>BARAL980</t>
   </si>
   <si>
     <t>Barbano et al., 1980</t>
   </si>
   <si>
     <t>Barbano M.S., Cosentino M., Lombardo G., Patané G., 1980. Isoseismal maps of Calabria and Sicily earthquakes (Southern Italy). CNR-PFG, pubbl. 341, Catania, 116 pp.</t>
@@ -3764,50 +3773,59 @@
   <si>
     <t>Schwarz-Zanetti et al., 2004</t>
   </si>
   <si>
     <t>Schwarz-Zanetti G., Deichmann N., Fäh D., Masciadri V., Goll J., 2004. The earthquake in Churwalden (CH) of September 3, 1295. Eclogae Geol. Helv., 97, 2, 255-264. https://doi.org/10.1007/s00015-004-1123-8</t>
   </si>
   <si>
     <t>SCHAL018</t>
   </si>
   <si>
     <t>Schwarz-Zanetti et al., 2018</t>
   </si>
   <si>
     <t>Schwarz-Zanetti G., Fäh D., Gache S., Kästli P., Loizeau J., Masciadri V. and Zenhäusern G., 2018. Two large earthquakes in western Switzerland in the sixteenth century: 1524 in Ardon (VS) and 1584 in Aigle (VD). J. Seismol. 22, 439-455. https://doi.org/10.1007/s10950-017-9715-8</t>
   </si>
   <si>
     <t>SCIAL006</t>
   </si>
   <si>
     <t>Scionti et al., 2006</t>
   </si>
   <si>
     <t>Scionti V., Galli P., Chiodo G., 2006. The Calabrian seismicity during the Viceroyalty of Naples: sources silence or silent sources? The case of the strong 1744 earthquake. Bollettino di Geofisica Teorica e Applicata 47, 1-2, 53-72.</t>
   </si>
   <si>
+    <t>SCOAL025</t>
+  </si>
+  <si>
+    <t>Scolaro et al., 2025</t>
+  </si>
+  <si>
+    <t>Scolaro S., Batlló J., Orecchio B., Presti D., Totaro C., 2025. Re‐Evaluating the Instrumental Magnitude of the Destructive 28 December 1908 Messina Earthquake (Southern Italy). Seismological Research Letters 96, 4, 2167-2186. doi: https://doi.org/10.1785/0220240447</t>
+  </si>
+  <si>
     <t>SED</t>
   </si>
   <si>
     <t>Schweizerische Erdbebendienst - ETH Zürich. Earthquakes in Switzerland and its neighboring countries. http://www.seismo.ethz.ch/en/home/</t>
   </si>
   <si>
     <t>SED-MT</t>
   </si>
   <si>
     <t>SED Moment Tens. Cat.</t>
   </si>
   <si>
     <t>Schweizerische Erdbebendienst - ETH Zürich. Reviewed Regional Moment Tensor Catalog. http://www.seismo.ethz.ch/it/research-and-teaching/products-software/moment-tensors/earlier-mt-catalogues/index.html</t>
   </si>
   <si>
     <t>SELAL021</t>
   </si>
   <si>
     <t>Selva et al., 2021</t>
   </si>
   <si>
     <t>Selva J., Azzaro R., Taroni M., Tramelli A., Alessio G., Castellano M., Ciuccarelli C., Cubellis E., Lo Bascio D., Porfido S., Ricciolino P., Rovida A., 2021. The Seismicity of Ischia Island, Italy: An Integrated Earthquake Catalogue From 8th Century BC to 2019 and Its Statistical Properties. Front. Earth Sci. 9:629736, https://doi.org/10.3389/feart.2021.629736</t>
   </si>
   <si>
     <t>SHEB974</t>
@@ -4379,51 +4397,51 @@
   <si>
     <t>ZAMG, 2013</t>
   </si>
   <si>
     <t>ZAMG, 2013. Zentralanstalt für Meteorologie und Geodynamik, Seismische Beobachtungen 2013. Wien, 19 pp.</t>
   </si>
   <si>
     <t>ZANAL016</t>
   </si>
   <si>
     <t>Zanini et al., 2016</t>
   </si>
   <si>
     <t>Zanini M.A., Hofer L., Faleschini F., Zampieri P., Fabris N., Pellegrino C., 2016. Preliminary macroseismic survey of the 2016 Amatrice seismic sequence. Annals of Geophysics, 59, Fast Track 5, 6 pp. https://doi.org/10.4401/ag-7172</t>
   </si>
   <si>
     <t>ZIVC009</t>
   </si>
   <si>
     <t>Živčić, 2009</t>
   </si>
   <si>
     <t>Živcic M., 2009. Earthquake Catalogue of Slovenia. http://gis.arso.gov.si/atlasokolja/profile.aspx?id=Atlas_Okolja_AXL@Arso</t>
   </si>
   <si>
-    <t>File scaricato il 14th January 2026 alle 09:53 dall'Archivio Storico Macrosismico Italiano, https://emidius.mi.ingv.it/ASMI/</t>
+    <t>File scaricato il 3rd February 2026 alle 15:02 dall'Archivio Storico Macrosismico Italiano, https://emidius.mi.ingv.it/ASMI/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4743,51 +4761,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_18alb/ii_18alb.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-9-1/668-correlazione-tra-sismicita-ed-elementi-strutturali-nell-isola-d-ischia/file" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2268/145560" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publi2-as.oma.be/record/1661/files/Les_Seismes_en_Europe_occidentale_de_394_a_1259.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ims.forth.gr/ims/turkish_studies/publications.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2002" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2003" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2006" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2009" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_8bar/ii_8bar.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/sites/default/files/2023-08/bgta42.1.2_BARBANO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://renass.unistra.fr" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdmfc.u-strasbg.fr/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdmfc.u-strasbg.fr/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2122/16564" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/sites/default/files/2023-08/bgta41.2_BERNARDIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2122/3465" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.crs.inogs.it/bollettino/RSFVG/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bollettinosismico.rm.ingv.it/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2005-vol-46-2-3/journalistic-communication-17th-18th-centuries-and-its-influence" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/eqs/010717/VAL_VENOSTA/rilievo.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ingegneriasismica.org/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2011" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2011" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.franceseisme.fr/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gngts.ogs.it/archivio/files/2019/GNGTS_1.1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gngts.ogs.it/archivio/files/2019/GNGTS_1.1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2122/2565" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.patroneditore.com/SISMICA/riviste/articoli/3647/il_terremoto_del_1789_a_citt_di_castello_ricostruzione_dellimpatto_e_della_distribuzione_dei_danni_a_partire_da_documenti_inediti.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2004-vol-45-1-2/between-tevere-and-arno-preliminary-revision-seismicity-casentino" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arso.gov.si/potresi/poro%C4%8Dila%20in%20publikacije/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.annalsofgeophysics.eu/index.php/annals/issue/view/268" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://storing.ingv.it/cfti/cfti4/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/rapporti-tecnici-ingv/archivio/rapporti-tecnici%202014/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipzs.it/ext/editoria.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.isprambiente.gov.it/it/pubblicazioni/periodici-tecnici/memorie-descrittive-della-carta-geologica-ditalia/la-geologia-di-roma.-il-centro-storico" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.isprambiente.gov.it/it/pubblicazioni/periodici-tecnici/memorie-descrittive-della-carta-geologica-ditalia/la-geologia-di-roma.-il-centro-storico" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hitseddb.ethz.ch:8080/ecos09/fake-events.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ecos09.seismo.ethz.ch/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_9eis/ii_9eis.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2009" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lavegliacarlone.it/index.php?page=shop.product_details&amp;flypage=flypage_pinux.tpl&amp;product_id=144&amp;category_id=23&amp;option=com_virtuemart&amp;Itemid=4" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2122/16596" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ilmiolibro.kataweb.it/libro/scienza-e-tecnica/12385/il-terremoto-del-1905-della-calabria-meridionale/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2008-vol-49-2/taranta1-effect-1743-earthquake-salento-apulia-southern-italy" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-14-1/454-il-terremoto-del-9-settembre-1998-nel-quadro-della-sismicita-storica-del-confine-calabro-lucano-possibili-implicazioni-sismotettoniche" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-18-2/288-i-terremoti-del-gennaio-1117-ipotesi-di-un-epicentro-nel-cremonese/file" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.casanova.ch/shop/detail.cfm?ID=415" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globalcmt.org" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opac.geologie.ac.at/ais312/dokumente/Abhandlungen_67.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_20ham/ii_20ham.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://storing.ingv.it/ISS/index.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arso.gov.si/potresi/poro%C4%8Dila%20in%20publikacije/Potresi%20v%20letu%202015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_11lam/ii_11lam.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.schweizerbart.de/publications/detail/artno/186084200" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.schweizerbart.de/publications/detail/artno/186083600" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipzs.it/ext/editoria.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipzs.it/ext/editoria.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2002" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editoria.ingv.it/archivio_pdf/qdg/57/pdf/qdg_57.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socgeol.info/Ricerca/pubblicazioni.asp?act=see&amp;type=Memorie&amp;y=1987&amp;v=37&amp;f=2" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://earthquake.usgs.gov/earthquakes/search/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://earthquake.usgs.gov/data/pde.php" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/NT/CONSNT.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gngts.ogs.it/archivio/files/2016/S11/Riassunti/Pallone.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ziti.gr/vivlio/papazaxos-vasilis-papazaxoy-katerina-the-earthquakes-of-greece/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/233214114_I_terremoti_del_XIX_secolo_dell'Appennino_Campano-Lucano" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-18-2/289-studio-macrosismico-del-terremoto-dell-aquilano-del-24-giugno-1958" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.storiapatriabruzzo.it/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2006-vol-47-1-2/calabrian-seismicity-during-viceroyalty-naples-sources-silence-or-silent" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.seismo.ethz.ch/en/home/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.seismo.ethz.ch/it/research-and-teaching/products-software/moment-tensors/earlier-mt-catalogues/index.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://unesdoc.unesco.org/Ulis/cgi-bin/ulis.pl?catno=142404" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://unesdoc.unesco.org/Ulis/cgi-bin/ulis.pl?catno=47723" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/donnees_faux.asp" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sisfrance.irsn.fr/faux-seisme--" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/earth+sciences+and+geography/hydrogeology/book/978-0-7923-4614-2" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/archivio/quaderni-di-geofisica-2014/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-19-2/276-studio-macrosismico-del-terremoto-del-gran-sasso-italia-centrale-del-5-settembre-1950-implicazioni-sismotettoniche/file" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2008" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.itsak.gr/en/db/data/macroseismic_data/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.europa.eu/it/publication-detail/-/publication/2b9030a6-ffe2-479a-943e-8366a0190d22/language-en/format-PDF/source-31628716" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://itaca.mi.ingv.it" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zamg.ac.at/cms/de/geophysik/erdbeben/erdbebenarchiv/erdbebenmeldungen-neu" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zamg.ac.at/geophysik/Reports/Jahrbuch/JAHRBUCH_2013-deutsch.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gis.arso.gov.si/atlasokolja/profile.aspx?id=Atlas_Okolja_AXL@Arso" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/ASMI/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H492"/>
+  <dimension ref="A1:H494"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="200" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -4956,57 +4974,57 @@
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8">
         <v>3</v>
       </c>
       <c r="F8">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>32</v>
       </c>
       <c r="B9" t="s">
         <v>33</v>
       </c>
       <c r="C9" t="s">
         <v>34</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F9">
         <v>32</v>
       </c>
       <c r="G9">
-        <v>238</v>
+        <v>239</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>35</v>
       </c>
       <c r="B10" t="s">
         <v>36</v>
       </c>
       <c r="C10" t="s">
         <v>37</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10">
         <v>5</v>
       </c>
       <c r="F10">
         <v>5</v>
       </c>
       <c r="G10">
         <v>73</v>
       </c>
     </row>
@@ -5988,10012 +6006,10055 @@
       </c>
       <c r="E53">
         <v>19</v>
       </c>
       <c r="F53">
         <v>19</v>
       </c>
       <c r="G53">
         <v>227</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>168</v>
       </c>
       <c r="B54" t="s">
         <v>169</v>
       </c>
       <c r="C54" t="s">
         <v>170</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="F54">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="G54">
-        <v>283</v>
+        <v>167</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>171</v>
       </c>
       <c r="B55" t="s">
         <v>172</v>
       </c>
       <c r="C55" t="s">
         <v>173</v>
       </c>
       <c r="D55" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E55">
-        <v>5</v>
+        <v>23</v>
       </c>
       <c r="F55">
-        <v>3</v>
+        <v>23</v>
       </c>
       <c r="G55">
-        <v>100</v>
+        <v>283</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>174</v>
       </c>
       <c r="B56" t="s">
         <v>175</v>
       </c>
       <c r="C56" t="s">
         <v>176</v>
       </c>
       <c r="D56" t="s">
         <v>15</v>
       </c>
       <c r="E56">
-        <v>42</v>
+        <v>5</v>
       </c>
       <c r="F56">
-        <v>37</v>
+        <v>3</v>
       </c>
       <c r="G56">
-        <v>1958</v>
+        <v>100</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>177</v>
       </c>
       <c r="B57" t="s">
         <v>178</v>
       </c>
       <c r="C57" t="s">
         <v>179</v>
       </c>
       <c r="D57" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E57">
-        <v>1</v>
+        <v>42</v>
       </c>
       <c r="F57">
-        <v>1</v>
+        <v>37</v>
       </c>
       <c r="G57">
-        <v>269</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>180</v>
       </c>
       <c r="B58" t="s">
         <v>181</v>
       </c>
       <c r="C58" t="s">
         <v>182</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F58">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G58">
-        <v>679</v>
+        <v>269</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>183</v>
       </c>
       <c r="B59" t="s">
         <v>184</v>
       </c>
       <c r="C59" t="s">
         <v>185</v>
       </c>
       <c r="D59" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E59">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F59">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>4</v>
+      </c>
+      <c r="G59">
+        <v>679</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>186</v>
       </c>
       <c r="B60" t="s">
         <v>187</v>
       </c>
       <c r="C60" t="s">
         <v>188</v>
       </c>
       <c r="D60" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E60">
-        <v>68</v>
+        <v>1</v>
       </c>
       <c r="F60">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>124</v>
+        <v>0</v>
+      </c>
+      <c r="H60" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>189</v>
       </c>
       <c r="B61" t="s">
         <v>190</v>
       </c>
       <c r="C61" t="s">
         <v>191</v>
       </c>
       <c r="D61" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E61">
-        <v>1</v>
+        <v>68</v>
       </c>
       <c r="F61">
-        <v>1</v>
+        <v>48</v>
       </c>
       <c r="G61">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>124</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>192</v>
       </c>
       <c r="B62" t="s">
         <v>193</v>
       </c>
       <c r="C62" t="s">
         <v>194</v>
       </c>
       <c r="D62" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E62">
-        <v>95</v>
+        <v>1</v>
       </c>
       <c r="F62">
-        <v>32</v>
+        <v>1</v>
       </c>
       <c r="G62">
-        <v>232</v>
+        <v>6</v>
+      </c>
+      <c r="H62" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>195</v>
       </c>
       <c r="B63" t="s">
         <v>196</v>
       </c>
       <c r="C63" t="s">
         <v>197</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="F63">
-        <v>92</v>
+        <v>32</v>
       </c>
       <c r="G63">
-        <v>178</v>
+        <v>232</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>198</v>
       </c>
       <c r="B64" t="s">
         <v>199</v>
       </c>
       <c r="C64" t="s">
         <v>200</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64">
-        <v>1</v>
+        <v>107</v>
       </c>
       <c r="F64">
-        <v>0</v>
+        <v>92</v>
+      </c>
+      <c r="G64">
+        <v>178</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>201</v>
       </c>
       <c r="B65" t="s">
         <v>202</v>
       </c>
       <c r="C65" t="s">
         <v>203</v>
       </c>
       <c r="D65" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E65">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="F65">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>672</v>
+        <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>204</v>
       </c>
       <c r="B66" t="s">
         <v>205</v>
       </c>
       <c r="C66" t="s">
         <v>206</v>
       </c>
       <c r="D66" t="s">
         <v>15</v>
       </c>
       <c r="E66">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="F66">
-        <v>0</v>
+        <v>24</v>
+      </c>
+      <c r="G66">
+        <v>672</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>207</v>
       </c>
       <c r="B67" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C67" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D67" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E67">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="F67">
         <v>0</v>
       </c>
-      <c r="H67" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B68" t="s">
         <v>210</v>
       </c>
       <c r="C68" t="s">
         <v>211</v>
       </c>
       <c r="D68" t="s">
         <v>47</v>
       </c>
       <c r="E68">
-        <v>2</v>
+        <v>25</v>
       </c>
       <c r="F68">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>832</v>
+        <v>0</v>
       </c>
       <c r="H68" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>212</v>
       </c>
       <c r="B69" t="s">
         <v>213</v>
       </c>
       <c r="C69" t="s">
         <v>214</v>
       </c>
       <c r="D69" t="s">
         <v>47</v>
       </c>
       <c r="E69">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F69">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G69">
-        <v>701</v>
+        <v>832</v>
       </c>
       <c r="H69" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>215</v>
       </c>
       <c r="B70" t="s">
         <v>216</v>
       </c>
       <c r="C70" t="s">
         <v>217</v>
       </c>
       <c r="D70" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
       <c r="E70">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F70">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G70">
+        <v>701</v>
+      </c>
+      <c r="H70" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>218</v>
       </c>
       <c r="B71" t="s">
         <v>219</v>
       </c>
       <c r="C71" t="s">
         <v>220</v>
       </c>
       <c r="D71" t="s">
         <v>15</v>
       </c>
       <c r="E71">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="F71">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>221</v>
       </c>
       <c r="B72" t="s">
         <v>222</v>
       </c>
       <c r="C72" t="s">
         <v>223</v>
       </c>
       <c r="D72" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E72">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="F72">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>224</v>
       </c>
       <c r="B73" t="s">
         <v>225</v>
       </c>
       <c r="C73" t="s">
         <v>226</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73">
         <v>1</v>
       </c>
       <c r="F73">
         <v>1</v>
       </c>
       <c r="G73">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>73</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>227</v>
       </c>
       <c r="B74" t="s">
         <v>228</v>
       </c>
       <c r="C74" t="s">
         <v>229</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74">
         <v>1</v>
       </c>
       <c r="F74">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G74">
+        <v>60</v>
+      </c>
+      <c r="H74" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>230</v>
       </c>
       <c r="B75" t="s">
         <v>231</v>
       </c>
       <c r="C75" t="s">
         <v>232</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75">
         <v>1</v>
       </c>
       <c r="F75">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>133</v>
+        <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>233</v>
       </c>
       <c r="B76" t="s">
         <v>234</v>
       </c>
       <c r="C76" t="s">
         <v>235</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76">
         <v>1</v>
       </c>
       <c r="F76">
         <v>1</v>
       </c>
       <c r="G76">
-        <v>176</v>
+        <v>133</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>236</v>
       </c>
       <c r="B77" t="s">
         <v>237</v>
       </c>
       <c r="C77" t="s">
         <v>238</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77">
         <v>1</v>
       </c>
       <c r="F77">
         <v>1</v>
       </c>
       <c r="G77">
-        <v>105</v>
+        <v>176</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>239</v>
       </c>
       <c r="B78" t="s">
         <v>240</v>
       </c>
       <c r="C78" t="s">
         <v>241</v>
       </c>
       <c r="D78" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E78">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F78">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G78">
         <v>105</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>242</v>
       </c>
       <c r="B79" t="s">
         <v>243</v>
       </c>
       <c r="C79" t="s">
         <v>244</v>
       </c>
       <c r="D79" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E79">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F79">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G79">
-        <v>11</v>
+        <v>105</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>245</v>
       </c>
       <c r="B80" t="s">
         <v>246</v>
       </c>
       <c r="C80" t="s">
         <v>247</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
       <c r="E80">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="F80">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="G80">
-        <v>424</v>
+        <v>11</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>248</v>
       </c>
       <c r="B81" t="s">
         <v>249</v>
       </c>
       <c r="C81" t="s">
         <v>250</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
       <c r="E81">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="F81">
-        <v>0</v>
+        <v>15</v>
+      </c>
+      <c r="G81">
+        <v>424</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>251</v>
       </c>
       <c r="B82" t="s">
         <v>252</v>
       </c>
       <c r="C82" t="s">
         <v>253</v>
       </c>
       <c r="D82" t="s">
         <v>11</v>
       </c>
       <c r="E82">
         <v>1</v>
       </c>
       <c r="F82">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>254</v>
       </c>
       <c r="B83" t="s">
         <v>255</v>
       </c>
       <c r="C83" t="s">
         <v>256</v>
       </c>
       <c r="D83" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E83">
         <v>1</v>
       </c>
       <c r="F83">
         <v>1</v>
       </c>
       <c r="G83">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>15</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>257</v>
       </c>
       <c r="B84" t="s">
         <v>258</v>
       </c>
       <c r="C84" t="s">
         <v>259</v>
       </c>
       <c r="D84" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E84">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="F84">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G84">
+        <v>28</v>
       </c>
       <c r="H84" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>260</v>
       </c>
       <c r="B85" t="s">
         <v>261</v>
       </c>
       <c r="C85" t="s">
         <v>262</v>
       </c>
+      <c r="D85" t="s">
+        <v>11</v>
+      </c>
       <c r="E85">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="F85">
         <v>0</v>
       </c>
       <c r="H85" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>263</v>
       </c>
       <c r="B86" t="s">
         <v>264</v>
       </c>
       <c r="C86" t="s">
         <v>265</v>
       </c>
-      <c r="D86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E86">
-        <v>11</v>
+        <v>61</v>
       </c>
       <c r="F86">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>1800</v>
+        <v>0</v>
+      </c>
+      <c r="H86" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>266</v>
       </c>
       <c r="B87" t="s">
         <v>267</v>
       </c>
       <c r="C87" t="s">
         <v>268</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
       <c r="E87">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="F87">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G87">
-        <v>145</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>269</v>
       </c>
       <c r="B88" t="s">
         <v>270</v>
       </c>
       <c r="C88" t="s">
         <v>271</v>
       </c>
       <c r="D88" t="s">
         <v>11</v>
       </c>
       <c r="E88">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F88">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="G88">
-        <v>337</v>
+        <v>145</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>272</v>
       </c>
       <c r="B89" t="s">
         <v>273</v>
       </c>
       <c r="C89" t="s">
         <v>274</v>
       </c>
       <c r="D89" t="s">
         <v>11</v>
       </c>
       <c r="E89">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F89">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G89">
-        <v>604</v>
+        <v>337</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>275</v>
       </c>
       <c r="B90" t="s">
         <v>276</v>
       </c>
       <c r="C90" t="s">
         <v>277</v>
       </c>
       <c r="D90" t="s">
         <v>11</v>
       </c>
       <c r="E90">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F90">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="G90">
-        <v>2191</v>
+        <v>604</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>278</v>
       </c>
       <c r="B91" t="s">
         <v>279</v>
       </c>
       <c r="C91" t="s">
         <v>280</v>
       </c>
       <c r="D91" t="s">
         <v>11</v>
       </c>
       <c r="E91">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F91">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G91">
-        <v>333</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>281</v>
       </c>
       <c r="B92" t="s">
         <v>282</v>
       </c>
       <c r="C92" t="s">
         <v>283</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
       <c r="E92">
         <v>20</v>
       </c>
       <c r="F92">
         <v>20</v>
       </c>
       <c r="G92">
-        <v>383</v>
+        <v>333</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>284</v>
       </c>
       <c r="B93" t="s">
         <v>285</v>
       </c>
       <c r="C93" t="s">
         <v>286</v>
       </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
       <c r="E93">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="F93">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="G93">
-        <v>1321</v>
+        <v>383</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>287</v>
       </c>
       <c r="B94" t="s">
         <v>288</v>
       </c>
       <c r="C94" t="s">
         <v>289</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
       <c r="E94">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="F94">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G94">
-        <v>1294</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>290</v>
       </c>
       <c r="B95" t="s">
         <v>291</v>
       </c>
       <c r="C95" t="s">
         <v>292</v>
       </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
       <c r="E95">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F95">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="G95">
-        <v>2215</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>293</v>
       </c>
       <c r="B96" t="s">
         <v>294</v>
       </c>
       <c r="C96" t="s">
         <v>295</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
       <c r="E96">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="F96">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="G96">
-        <v>3088</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>296</v>
       </c>
       <c r="B97" t="s">
         <v>297</v>
       </c>
       <c r="C97" t="s">
         <v>298</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
       <c r="E97">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F97">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G97">
-        <v>2426</v>
+        <v>3088</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>299</v>
       </c>
       <c r="B98" t="s">
         <v>300</v>
       </c>
       <c r="C98" t="s">
         <v>301</v>
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
       <c r="E98">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F98">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="G98">
-        <v>538</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>302</v>
       </c>
       <c r="B99" t="s">
         <v>303</v>
       </c>
       <c r="C99" t="s">
         <v>304</v>
       </c>
       <c r="D99" t="s">
         <v>11</v>
       </c>
       <c r="E99">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="F99">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="G99">
-        <v>393</v>
+        <v>538</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>305</v>
       </c>
       <c r="B100" t="s">
         <v>306</v>
       </c>
       <c r="C100" t="s">
         <v>307</v>
       </c>
       <c r="D100" t="s">
         <v>11</v>
       </c>
       <c r="E100">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="F100">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G100">
-        <v>459</v>
+        <v>393</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>308</v>
       </c>
       <c r="B101" t="s">
         <v>309</v>
       </c>
       <c r="C101" t="s">
         <v>310</v>
       </c>
       <c r="D101" t="s">
         <v>11</v>
       </c>
       <c r="E101">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F101">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G101">
-        <v>1453</v>
+        <v>459</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>311</v>
       </c>
       <c r="B102" t="s">
         <v>312</v>
       </c>
       <c r="C102" t="s">
         <v>313</v>
       </c>
       <c r="D102" t="s">
         <v>11</v>
       </c>
       <c r="E102">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F102">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="G102">
-        <v>298</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>314</v>
       </c>
       <c r="B103" t="s">
         <v>315</v>
       </c>
       <c r="C103" t="s">
         <v>316</v>
       </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
       <c r="E103">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="F103">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="G103">
-        <v>651</v>
+        <v>298</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>317</v>
       </c>
       <c r="B104" t="s">
         <v>318</v>
       </c>
       <c r="C104" t="s">
         <v>319</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="F104">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="G104">
-        <v>467</v>
+        <v>651</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>320</v>
       </c>
       <c r="B105" t="s">
         <v>321</v>
       </c>
       <c r="C105" t="s">
         <v>322</v>
       </c>
       <c r="D105" t="s">
         <v>11</v>
       </c>
       <c r="E105">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F105">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G105">
-        <v>259</v>
+        <v>467</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>323</v>
       </c>
       <c r="B106" t="s">
         <v>324</v>
       </c>
       <c r="C106" t="s">
         <v>325</v>
       </c>
       <c r="D106" t="s">
         <v>11</v>
       </c>
       <c r="E106">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="F106">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G106">
-        <v>297</v>
+        <v>259</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>326</v>
       </c>
       <c r="B107" t="s">
         <v>327</v>
       </c>
       <c r="C107" t="s">
         <v>328</v>
       </c>
       <c r="D107" t="s">
         <v>11</v>
       </c>
       <c r="E107">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="F107">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="G107">
-        <v>913</v>
+        <v>297</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>329</v>
       </c>
       <c r="B108" t="s">
         <v>330</v>
       </c>
       <c r="C108" t="s">
         <v>331</v>
       </c>
       <c r="D108" t="s">
         <v>11</v>
       </c>
       <c r="E108">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F108">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="G108">
-        <v>1507</v>
+        <v>913</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>332</v>
       </c>
       <c r="B109" t="s">
         <v>333</v>
       </c>
       <c r="C109" t="s">
         <v>334</v>
       </c>
       <c r="D109" t="s">
         <v>11</v>
       </c>
       <c r="E109">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F109">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G109">
-        <v>1622</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>335</v>
       </c>
       <c r="B110" t="s">
         <v>336</v>
       </c>
       <c r="C110" t="s">
         <v>337</v>
       </c>
       <c r="D110" t="s">
         <v>11</v>
       </c>
       <c r="E110">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="F110">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="G110">
-        <v>690</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>338</v>
       </c>
       <c r="B111" t="s">
         <v>339</v>
       </c>
       <c r="C111" t="s">
         <v>340</v>
       </c>
       <c r="D111" t="s">
         <v>11</v>
       </c>
       <c r="E111">
         <v>14</v>
       </c>
       <c r="F111">
         <v>14</v>
       </c>
       <c r="G111">
-        <v>1362</v>
+        <v>690</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>341</v>
       </c>
       <c r="B112" t="s">
         <v>342</v>
       </c>
       <c r="C112" t="s">
         <v>343</v>
       </c>
       <c r="D112" t="s">
         <v>11</v>
       </c>
       <c r="E112">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F112">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="G112">
-        <v>1255</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>344</v>
       </c>
       <c r="B113" t="s">
         <v>345</v>
       </c>
       <c r="C113" t="s">
         <v>346</v>
       </c>
       <c r="D113" t="s">
         <v>11</v>
       </c>
       <c r="E113">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="F113">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="G113">
-        <v>4559</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>347</v>
       </c>
       <c r="B114" t="s">
         <v>348</v>
       </c>
       <c r="C114" t="s">
         <v>349</v>
       </c>
       <c r="D114" t="s">
         <v>11</v>
       </c>
       <c r="E114">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F114">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G114">
-        <v>1747</v>
+        <v>4559</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>350</v>
       </c>
       <c r="B115" t="s">
         <v>351</v>
       </c>
       <c r="C115" t="s">
         <v>352</v>
       </c>
       <c r="D115" t="s">
         <v>11</v>
       </c>
       <c r="E115">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F115">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G115">
-        <v>702</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>353</v>
       </c>
       <c r="B116" t="s">
         <v>354</v>
       </c>
       <c r="C116" t="s">
         <v>355</v>
       </c>
       <c r="D116" t="s">
         <v>11</v>
       </c>
       <c r="E116">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F116">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="G116">
-        <v>919</v>
+        <v>702</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>356</v>
       </c>
       <c r="B117" t="s">
         <v>357</v>
       </c>
       <c r="C117" t="s">
         <v>358</v>
       </c>
       <c r="D117" t="s">
         <v>11</v>
       </c>
       <c r="E117">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F117">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="G117">
-        <v>1237</v>
+        <v>919</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>359</v>
       </c>
       <c r="B118" t="s">
         <v>360</v>
       </c>
       <c r="C118" t="s">
         <v>361</v>
       </c>
       <c r="D118" t="s">
         <v>11</v>
       </c>
       <c r="E118">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="F118">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="G118">
-        <v>1773</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>362</v>
       </c>
       <c r="B119" t="s">
         <v>363</v>
       </c>
       <c r="C119" t="s">
         <v>364</v>
       </c>
       <c r="D119" t="s">
         <v>11</v>
       </c>
       <c r="E119">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="F119">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="G119">
-        <v>2061</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>365</v>
       </c>
       <c r="B120" t="s">
         <v>366</v>
       </c>
       <c r="C120" t="s">
         <v>367</v>
       </c>
       <c r="D120" t="s">
         <v>11</v>
       </c>
       <c r="E120">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="F120">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G120">
-        <v>1523</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>368</v>
       </c>
       <c r="B121" t="s">
         <v>369</v>
       </c>
       <c r="C121" t="s">
         <v>370</v>
       </c>
       <c r="D121" t="s">
         <v>11</v>
       </c>
       <c r="E121">
-        <v>115</v>
+        <v>17</v>
       </c>
       <c r="F121">
-        <v>115</v>
+        <v>17</v>
       </c>
       <c r="G121">
-        <v>17633</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>371</v>
       </c>
       <c r="B122" t="s">
         <v>372</v>
       </c>
       <c r="C122" t="s">
         <v>373</v>
       </c>
       <c r="D122" t="s">
         <v>11</v>
       </c>
       <c r="E122">
-        <v>245</v>
+        <v>115</v>
       </c>
       <c r="F122">
-        <v>0</v>
+        <v>115</v>
+      </c>
+      <c r="G122">
+        <v>17633</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>374</v>
       </c>
       <c r="B123" t="s">
         <v>375</v>
       </c>
       <c r="C123" t="s">
         <v>376</v>
       </c>
       <c r="D123" t="s">
         <v>11</v>
       </c>
       <c r="E123">
-        <v>1131</v>
+        <v>245</v>
       </c>
       <c r="F123">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>377</v>
       </c>
       <c r="B124" t="s">
         <v>378</v>
       </c>
       <c r="C124" t="s">
         <v>379</v>
       </c>
       <c r="D124" t="s">
         <v>11</v>
       </c>
       <c r="E124">
-        <v>36</v>
+        <v>1131</v>
       </c>
       <c r="F124">
         <v>0</v>
+      </c>
+      <c r="H124" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>380</v>
       </c>
       <c r="B125" t="s">
         <v>381</v>
       </c>
       <c r="C125" t="s">
         <v>382</v>
       </c>
       <c r="D125" t="s">
         <v>11</v>
       </c>
       <c r="E125">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="F125">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>383</v>
       </c>
       <c r="B126" t="s">
         <v>384</v>
       </c>
       <c r="C126" t="s">
         <v>385</v>
       </c>
       <c r="D126" t="s">
         <v>11</v>
       </c>
       <c r="E126">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="F126">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>386</v>
       </c>
       <c r="B127" t="s">
         <v>387</v>
       </c>
       <c r="C127" t="s">
         <v>388</v>
       </c>
       <c r="D127" t="s">
         <v>11</v>
       </c>
       <c r="E127">
         <v>10</v>
       </c>
       <c r="F127">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>389</v>
       </c>
       <c r="B128" t="s">
         <v>390</v>
       </c>
       <c r="C128" t="s">
         <v>391</v>
       </c>
       <c r="D128" t="s">
         <v>11</v>
       </c>
       <c r="E128">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="F128">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>392</v>
       </c>
       <c r="B129" t="s">
         <v>393</v>
       </c>
       <c r="C129" t="s">
         <v>394</v>
       </c>
       <c r="D129" t="s">
         <v>11</v>
       </c>
       <c r="E129">
-        <v>28</v>
+        <v>7</v>
       </c>
       <c r="F129">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>395</v>
       </c>
       <c r="B130" t="s">
         <v>396</v>
       </c>
       <c r="C130" t="s">
         <v>397</v>
       </c>
       <c r="D130" t="s">
         <v>11</v>
       </c>
       <c r="E130">
-        <v>75</v>
+        <v>28</v>
       </c>
       <c r="F130">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>398</v>
       </c>
       <c r="B131" t="s">
         <v>399</v>
       </c>
       <c r="C131" t="s">
         <v>400</v>
       </c>
       <c r="D131" t="s">
         <v>11</v>
       </c>
       <c r="E131">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="F131">
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>401</v>
       </c>
       <c r="B132" t="s">
         <v>402</v>
       </c>
       <c r="C132" t="s">
         <v>403</v>
       </c>
       <c r="D132" t="s">
         <v>11</v>
       </c>
       <c r="E132">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="F132">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>404</v>
       </c>
       <c r="B133" t="s">
         <v>405</v>
       </c>
       <c r="C133" t="s">
         <v>406</v>
       </c>
       <c r="D133" t="s">
         <v>11</v>
       </c>
       <c r="E133">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="F133">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>407</v>
       </c>
       <c r="B134" t="s">
         <v>408</v>
       </c>
       <c r="C134" t="s">
         <v>409</v>
       </c>
       <c r="D134" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E134">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="F134">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>410</v>
       </c>
       <c r="B135" t="s">
         <v>411</v>
       </c>
       <c r="C135" t="s">
         <v>412</v>
       </c>
       <c r="D135" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E135">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="F135">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>413</v>
       </c>
       <c r="B136" t="s">
         <v>414</v>
       </c>
       <c r="C136" t="s">
         <v>415</v>
       </c>
       <c r="D136" t="s">
         <v>11</v>
       </c>
       <c r="E136">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F136">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>416</v>
       </c>
       <c r="B137" t="s">
         <v>417</v>
       </c>
       <c r="C137" t="s">
         <v>418</v>
       </c>
       <c r="D137" t="s">
         <v>11</v>
       </c>
       <c r="E137">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="F137">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>419</v>
       </c>
       <c r="B138" t="s">
         <v>420</v>
       </c>
       <c r="C138" t="s">
         <v>421</v>
       </c>
       <c r="D138" t="s">
         <v>11</v>
       </c>
       <c r="E138">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F138">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>422</v>
       </c>
       <c r="B139" t="s">
         <v>423</v>
       </c>
       <c r="C139" t="s">
         <v>424</v>
       </c>
       <c r="D139" t="s">
         <v>11</v>
       </c>
       <c r="E139">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="F139">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>425</v>
       </c>
       <c r="B140" t="s">
         <v>426</v>
       </c>
       <c r="C140" t="s">
         <v>427</v>
       </c>
       <c r="D140" t="s">
         <v>11</v>
       </c>
       <c r="E140">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F140">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>428</v>
       </c>
       <c r="B141" t="s">
         <v>429</v>
       </c>
       <c r="C141" t="s">
         <v>430</v>
       </c>
       <c r="D141" t="s">
         <v>11</v>
       </c>
       <c r="E141">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="F141">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>431</v>
       </c>
       <c r="B142" t="s">
         <v>432</v>
       </c>
       <c r="C142" t="s">
         <v>433</v>
       </c>
       <c r="D142" t="s">
         <v>11</v>
       </c>
       <c r="E142">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="F142">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>434</v>
       </c>
       <c r="B143" t="s">
         <v>435</v>
       </c>
       <c r="C143" t="s">
         <v>436</v>
       </c>
       <c r="D143" t="s">
         <v>11</v>
       </c>
       <c r="E143">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F143">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>437</v>
       </c>
       <c r="B144" t="s">
         <v>438</v>
       </c>
       <c r="C144" t="s">
         <v>439</v>
       </c>
       <c r="D144" t="s">
         <v>11</v>
       </c>
       <c r="E144">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F144">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>440</v>
       </c>
       <c r="B145" t="s">
         <v>441</v>
       </c>
       <c r="C145" t="s">
         <v>442</v>
       </c>
       <c r="D145" t="s">
         <v>11</v>
       </c>
       <c r="E145">
         <v>9</v>
       </c>
       <c r="F145">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>443</v>
       </c>
       <c r="B146" t="s">
         <v>444</v>
       </c>
       <c r="C146" t="s">
         <v>445</v>
       </c>
       <c r="D146" t="s">
         <v>11</v>
       </c>
       <c r="E146">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F146">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>446</v>
       </c>
       <c r="B147" t="s">
         <v>447</v>
       </c>
       <c r="C147" t="s">
         <v>448</v>
       </c>
       <c r="D147" t="s">
         <v>11</v>
       </c>
       <c r="E147">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="F147">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="B148" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="C148" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="D148" t="s">
         <v>11</v>
       </c>
       <c r="E148">
         <v>3</v>
       </c>
       <c r="F148">
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
         <v>449</v>
       </c>
       <c r="B149" t="s">
         <v>450</v>
       </c>
       <c r="C149" t="s">
         <v>451</v>
       </c>
       <c r="D149" t="s">
         <v>11</v>
       </c>
       <c r="E149">
-        <v>19</v>
+        <v>3</v>
       </c>
       <c r="F149">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>452</v>
       </c>
       <c r="B150" t="s">
         <v>453</v>
       </c>
       <c r="C150" t="s">
         <v>454</v>
       </c>
       <c r="D150" t="s">
         <v>11</v>
       </c>
       <c r="E150">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F150">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>455</v>
       </c>
       <c r="B151" t="s">
         <v>456</v>
       </c>
       <c r="C151" t="s">
         <v>457</v>
       </c>
       <c r="D151" t="s">
         <v>11</v>
       </c>
       <c r="E151">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F151">
-        <v>19</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>458</v>
       </c>
       <c r="B152" t="s">
         <v>459</v>
       </c>
       <c r="C152" t="s">
         <v>460</v>
       </c>
       <c r="D152" t="s">
         <v>11</v>
       </c>
       <c r="E152">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="F152">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="G152">
-        <v>1309</v>
+        <v>802</v>
       </c>
       <c r="H152" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>461</v>
       </c>
       <c r="B153" t="s">
         <v>462</v>
       </c>
       <c r="C153" t="s">
         <v>463</v>
       </c>
       <c r="D153" t="s">
         <v>11</v>
       </c>
       <c r="E153">
-        <v>1</v>
+        <v>39</v>
       </c>
       <c r="F153">
-        <v>1</v>
+        <v>39</v>
       </c>
       <c r="G153">
-        <v>51</v>
+        <v>1309</v>
+      </c>
+      <c r="H153" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>464</v>
       </c>
       <c r="B154" t="s">
         <v>465</v>
       </c>
       <c r="C154" t="s">
         <v>466</v>
       </c>
       <c r="D154" t="s">
         <v>11</v>
       </c>
       <c r="E154">
         <v>1</v>
       </c>
       <c r="F154">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G154">
-        <v>362</v>
+        <v>51</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>467</v>
       </c>
       <c r="B155" t="s">
         <v>468</v>
       </c>
       <c r="C155" t="s">
         <v>469</v>
       </c>
       <c r="D155" t="s">
         <v>11</v>
       </c>
       <c r="E155">
         <v>1</v>
       </c>
       <c r="F155">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G155">
-        <v>1677</v>
+        <v>362</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>470</v>
       </c>
       <c r="B156" t="s">
         <v>471</v>
       </c>
       <c r="C156" t="s">
         <v>472</v>
       </c>
       <c r="D156" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E156">
         <v>1</v>
       </c>
       <c r="F156">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G156">
+        <v>1677</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>473</v>
       </c>
       <c r="B157" t="s">
         <v>474</v>
       </c>
       <c r="C157" t="s">
         <v>475</v>
       </c>
       <c r="D157" t="s">
         <v>15</v>
       </c>
       <c r="E157">
         <v>1</v>
       </c>
       <c r="F157">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>476</v>
       </c>
       <c r="B158" t="s">
         <v>477</v>
       </c>
       <c r="C158" t="s">
         <v>478</v>
       </c>
       <c r="D158" t="s">
         <v>15</v>
       </c>
       <c r="E158">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F158">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>479</v>
       </c>
       <c r="B159" t="s">
         <v>480</v>
       </c>
       <c r="C159" t="s">
         <v>481</v>
       </c>
       <c r="D159" t="s">
         <v>15</v>
       </c>
       <c r="E159">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="F159">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G159">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>482</v>
       </c>
       <c r="B160" t="s">
         <v>483</v>
       </c>
       <c r="C160" t="s">
         <v>484</v>
       </c>
       <c r="D160" t="s">
         <v>15</v>
       </c>
       <c r="E160">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="F160">
-        <v>0</v>
+        <v>4</v>
+      </c>
+      <c r="G160">
+        <v>4</v>
+      </c>
+      <c r="H160" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>485</v>
       </c>
       <c r="B161" t="s">
         <v>486</v>
       </c>
       <c r="C161" t="s">
         <v>487</v>
       </c>
       <c r="D161" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E161">
         <v>1</v>
       </c>
       <c r="F161">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>488</v>
       </c>
       <c r="B162" t="s">
         <v>489</v>
       </c>
       <c r="C162" t="s">
         <v>490</v>
       </c>
       <c r="D162" t="s">
         <v>11</v>
       </c>
       <c r="E162">
         <v>1</v>
       </c>
       <c r="F162">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>1</v>
+      </c>
+      <c r="G162">
+        <v>32</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>491</v>
       </c>
       <c r="B163" t="s">
         <v>492</v>
       </c>
       <c r="C163" t="s">
         <v>493</v>
       </c>
       <c r="D163" t="s">
         <v>11</v>
       </c>
       <c r="E163">
         <v>1</v>
       </c>
       <c r="F163">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>0</v>
+      </c>
+      <c r="H163" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>494</v>
       </c>
       <c r="B164" t="s">
         <v>495</v>
       </c>
       <c r="C164" t="s">
         <v>496</v>
       </c>
       <c r="D164" t="s">
         <v>11</v>
       </c>
       <c r="E164">
-        <v>182</v>
+        <v>1</v>
       </c>
       <c r="F164">
-        <v>182</v>
+        <v>1</v>
       </c>
       <c r="G164">
-        <v>971</v>
+        <v>35</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>497</v>
       </c>
       <c r="B165" t="s">
         <v>498</v>
       </c>
       <c r="C165" t="s">
         <v>499</v>
       </c>
       <c r="D165" t="s">
         <v>11</v>
       </c>
       <c r="E165">
-        <v>1</v>
+        <v>182</v>
       </c>
       <c r="F165">
-        <v>1</v>
+        <v>182</v>
       </c>
       <c r="G165">
-        <v>78</v>
+        <v>971</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>500</v>
       </c>
       <c r="B166" t="s">
         <v>501</v>
       </c>
       <c r="C166" t="s">
         <v>502</v>
       </c>
       <c r="D166" t="s">
         <v>11</v>
       </c>
       <c r="E166">
         <v>1</v>
       </c>
       <c r="F166">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G166">
-        <v>112</v>
+        <v>78</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>503</v>
       </c>
       <c r="B167" t="s">
         <v>504</v>
       </c>
       <c r="C167" t="s">
         <v>505</v>
       </c>
       <c r="D167" t="s">
         <v>11</v>
       </c>
       <c r="E167">
         <v>1</v>
       </c>
       <c r="F167">
         <v>0</v>
       </c>
       <c r="G167">
-        <v>189</v>
+        <v>112</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>506</v>
       </c>
       <c r="B168" t="s">
         <v>507</v>
       </c>
       <c r="C168" t="s">
         <v>508</v>
       </c>
       <c r="D168" t="s">
         <v>11</v>
       </c>
       <c r="E168">
         <v>1</v>
       </c>
       <c r="F168">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G168">
-        <v>135</v>
+        <v>189</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>509</v>
       </c>
       <c r="B169" t="s">
         <v>510</v>
       </c>
       <c r="C169" t="s">
         <v>511</v>
       </c>
       <c r="D169" t="s">
         <v>11</v>
       </c>
       <c r="E169">
         <v>1</v>
       </c>
       <c r="F169">
         <v>1</v>
       </c>
       <c r="G169">
-        <v>57</v>
+        <v>135</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>512</v>
       </c>
       <c r="B170" t="s">
         <v>513</v>
       </c>
       <c r="C170" t="s">
         <v>514</v>
       </c>
       <c r="D170" t="s">
         <v>11</v>
       </c>
       <c r="E170">
         <v>1</v>
       </c>
       <c r="F170">
         <v>1</v>
       </c>
       <c r="G170">
-        <v>163</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>57</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>515</v>
       </c>
       <c r="B171" t="s">
         <v>516</v>
       </c>
       <c r="C171" t="s">
         <v>517</v>
       </c>
       <c r="D171" t="s">
         <v>11</v>
       </c>
       <c r="E171">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F171">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G171">
-        <v>8</v>
+        <v>163</v>
+      </c>
+      <c r="H171" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>518</v>
       </c>
       <c r="B172" t="s">
         <v>519</v>
       </c>
       <c r="C172" t="s">
         <v>520</v>
       </c>
       <c r="D172" t="s">
         <v>11</v>
       </c>
       <c r="E172">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F172">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G172">
-        <v>78</v>
+        <v>8</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>521</v>
       </c>
       <c r="B173" t="s">
         <v>522</v>
       </c>
       <c r="C173" t="s">
         <v>523</v>
       </c>
       <c r="D173" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E173">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F173">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="G173">
-        <v>61</v>
+        <v>78</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>524</v>
       </c>
       <c r="B174" t="s">
         <v>525</v>
       </c>
       <c r="C174" t="s">
         <v>526</v>
       </c>
       <c r="D174" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E174">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="F174">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="G174">
-        <v>14</v>
+        <v>66</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>527</v>
       </c>
       <c r="B175" t="s">
         <v>528</v>
       </c>
       <c r="C175" t="s">
         <v>529</v>
       </c>
       <c r="D175" t="s">
         <v>11</v>
       </c>
       <c r="E175">
         <v>1</v>
       </c>
       <c r="F175">
         <v>1</v>
       </c>
       <c r="G175">
-        <v>195</v>
+        <v>14</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>530</v>
       </c>
       <c r="B176" t="s">
         <v>531</v>
       </c>
       <c r="C176" t="s">
         <v>532</v>
       </c>
       <c r="D176" t="s">
         <v>11</v>
       </c>
       <c r="E176">
         <v>1</v>
       </c>
       <c r="F176">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G176">
+        <v>195</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>533</v>
       </c>
       <c r="B177" t="s">
         <v>534</v>
       </c>
       <c r="C177" t="s">
         <v>535</v>
       </c>
       <c r="D177" t="s">
         <v>11</v>
       </c>
       <c r="E177">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F177">
-        <v>5</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>536</v>
       </c>
       <c r="B178" t="s">
         <v>537</v>
       </c>
       <c r="C178" t="s">
         <v>538</v>
       </c>
       <c r="D178" t="s">
         <v>11</v>
       </c>
       <c r="E178">
-        <v>347</v>
+        <v>5</v>
       </c>
       <c r="F178">
-        <v>346</v>
+        <v>5</v>
       </c>
       <c r="G178">
-        <v>1497</v>
+        <v>460</v>
       </c>
       <c r="H178" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>539</v>
       </c>
       <c r="B179" t="s">
         <v>540</v>
       </c>
       <c r="C179" t="s">
         <v>541</v>
       </c>
       <c r="D179" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E179">
-        <v>18</v>
+        <v>347</v>
       </c>
       <c r="F179">
-        <v>16</v>
+        <v>346</v>
       </c>
       <c r="G179">
-        <v>153</v>
+        <v>1497</v>
+      </c>
+      <c r="H179" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>542</v>
       </c>
       <c r="B180" t="s">
         <v>543</v>
       </c>
       <c r="C180" t="s">
         <v>544</v>
       </c>
       <c r="D180" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E180">
-        <v>66</v>
+        <v>19</v>
       </c>
       <c r="F180">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="G180">
-        <v>212</v>
+        <v>154</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>545</v>
       </c>
       <c r="B181" t="s">
         <v>546</v>
       </c>
       <c r="C181" t="s">
         <v>547</v>
       </c>
       <c r="D181" t="s">
         <v>11</v>
       </c>
       <c r="E181">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="F181">
-        <v>12</v>
+        <v>56</v>
       </c>
       <c r="G181">
-        <v>105</v>
+        <v>212</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>548</v>
       </c>
       <c r="B182" t="s">
         <v>549</v>
       </c>
       <c r="C182" t="s">
         <v>550</v>
       </c>
       <c r="D182" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E182">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="F182">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="G182">
-        <v>118</v>
+        <v>105</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>551</v>
       </c>
       <c r="B183" t="s">
         <v>552</v>
       </c>
       <c r="C183" t="s">
         <v>553</v>
       </c>
       <c r="D183" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E183">
         <v>1</v>
       </c>
       <c r="F183">
         <v>1</v>
       </c>
       <c r="G183">
-        <v>56</v>
+        <v>118</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>554</v>
       </c>
       <c r="B184" t="s">
         <v>555</v>
       </c>
       <c r="C184" t="s">
         <v>556</v>
       </c>
       <c r="D184" t="s">
         <v>11</v>
       </c>
       <c r="E184">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="F184">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="G184">
-        <v>301</v>
+        <v>56</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>557</v>
       </c>
       <c r="B185" t="s">
         <v>558</v>
       </c>
       <c r="C185" t="s">
         <v>559</v>
       </c>
       <c r="D185" t="s">
         <v>11</v>
       </c>
       <c r="E185">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F185">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="G185">
-        <v>216</v>
+        <v>301</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>560</v>
       </c>
       <c r="B186" t="s">
         <v>561</v>
       </c>
       <c r="C186" t="s">
         <v>562</v>
       </c>
       <c r="D186" t="s">
         <v>11</v>
       </c>
       <c r="E186">
-        <v>3</v>
+        <v>21</v>
       </c>
       <c r="F186">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="G186">
-        <v>189</v>
+        <v>216</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>563</v>
       </c>
       <c r="B187" t="s">
         <v>564</v>
       </c>
       <c r="C187" t="s">
         <v>565</v>
       </c>
       <c r="D187" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E187">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F187">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>2</v>
+      </c>
+      <c r="G187">
+        <v>189</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>566</v>
       </c>
       <c r="B188" t="s">
         <v>567</v>
       </c>
       <c r="C188" t="s">
         <v>568</v>
       </c>
       <c r="D188" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E188">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F188">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>269</v>
+        <v>0</v>
+      </c>
+      <c r="H188" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>569</v>
       </c>
       <c r="B189" t="s">
         <v>570</v>
       </c>
       <c r="C189" t="s">
         <v>571</v>
       </c>
       <c r="D189" t="s">
         <v>11</v>
       </c>
       <c r="E189">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F189">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="G189">
-        <v>90</v>
+        <v>269</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>572</v>
       </c>
       <c r="B190" t="s">
         <v>573</v>
       </c>
       <c r="C190" t="s">
         <v>574</v>
       </c>
       <c r="D190" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E190">
         <v>1</v>
       </c>
       <c r="F190">
         <v>1</v>
       </c>
       <c r="G190">
-        <v>81</v>
+        <v>90</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>575</v>
       </c>
       <c r="B191" t="s">
         <v>576</v>
       </c>
       <c r="C191" t="s">
         <v>577</v>
       </c>
       <c r="D191" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E191">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F191">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G191">
-        <v>40</v>
+        <v>81</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>578</v>
       </c>
       <c r="B192" t="s">
         <v>579</v>
       </c>
       <c r="C192" t="s">
         <v>580</v>
       </c>
       <c r="D192" t="s">
         <v>11</v>
       </c>
       <c r="E192">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F192">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G192">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>40</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>581</v>
       </c>
       <c r="B193" t="s">
         <v>582</v>
       </c>
       <c r="C193" t="s">
         <v>583</v>
       </c>
       <c r="D193" t="s">
         <v>11</v>
       </c>
       <c r="E193">
         <v>2</v>
       </c>
       <c r="F193">
         <v>2</v>
       </c>
       <c r="G193">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="H193" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>584</v>
       </c>
       <c r="B194" t="s">
         <v>585</v>
       </c>
       <c r="C194" t="s">
         <v>586</v>
       </c>
       <c r="D194" t="s">
         <v>11</v>
       </c>
       <c r="E194">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F194">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G194">
-        <v>77</v>
+        <v>8</v>
+      </c>
+      <c r="H194" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>587</v>
       </c>
       <c r="B195" t="s">
         <v>588</v>
       </c>
       <c r="C195" t="s">
         <v>589</v>
       </c>
       <c r="D195" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E195">
         <v>5</v>
       </c>
       <c r="F195">
         <v>5</v>
       </c>
       <c r="G195">
-        <v>605</v>
+        <v>77</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>590</v>
       </c>
       <c r="B196" t="s">
         <v>591</v>
       </c>
       <c r="C196" t="s">
         <v>592</v>
       </c>
       <c r="D196" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E196">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F196">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G196">
-        <v>58</v>
+        <v>605</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>593</v>
       </c>
       <c r="B197" t="s">
         <v>594</v>
       </c>
       <c r="C197" t="s">
         <v>595</v>
       </c>
       <c r="D197" t="s">
         <v>11</v>
       </c>
       <c r="E197">
         <v>1</v>
       </c>
       <c r="F197">
         <v>1</v>
       </c>
       <c r="G197">
-        <v>15</v>
+        <v>58</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>596</v>
       </c>
       <c r="B198" t="s">
         <v>597</v>
       </c>
       <c r="C198" t="s">
         <v>598</v>
       </c>
       <c r="D198" t="s">
         <v>11</v>
       </c>
       <c r="E198">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F198">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G198">
-        <v>179</v>
+        <v>15</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>599</v>
       </c>
       <c r="B199" t="s">
         <v>600</v>
       </c>
       <c r="C199" t="s">
         <v>601</v>
       </c>
       <c r="D199" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E199">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="F199">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="G199">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>179</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>602</v>
       </c>
       <c r="B200" t="s">
         <v>603</v>
       </c>
       <c r="C200" t="s">
         <v>604</v>
       </c>
       <c r="D200" t="s">
         <v>15</v>
       </c>
       <c r="E200">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F200">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G200">
-        <v>37</v>
+        <v>70</v>
+      </c>
+      <c r="H200" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>605</v>
       </c>
       <c r="B201" t="s">
         <v>606</v>
       </c>
       <c r="C201" t="s">
         <v>607</v>
       </c>
       <c r="D201" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E201">
-        <v>80</v>
+        <v>9</v>
       </c>
       <c r="F201">
-        <v>67</v>
+        <v>8</v>
       </c>
       <c r="G201">
-        <v>1727</v>
+        <v>37</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>608</v>
       </c>
       <c r="B202" t="s">
         <v>609</v>
       </c>
       <c r="C202" t="s">
         <v>610</v>
       </c>
       <c r="D202" t="s">
         <v>11</v>
       </c>
       <c r="E202">
-        <v>42</v>
+        <v>80</v>
       </c>
       <c r="F202">
-        <v>40</v>
+        <v>67</v>
       </c>
       <c r="G202">
-        <v>1539</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>611</v>
       </c>
       <c r="B203" t="s">
         <v>612</v>
       </c>
       <c r="C203" t="s">
         <v>613</v>
       </c>
       <c r="D203" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E203">
-        <v>3</v>
+        <v>42</v>
       </c>
       <c r="F203">
-        <v>3</v>
+        <v>40</v>
       </c>
       <c r="G203">
-        <v>59</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>614</v>
       </c>
       <c r="B204" t="s">
         <v>615</v>
       </c>
       <c r="C204" t="s">
         <v>616</v>
       </c>
       <c r="D204" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E204">
-        <v>90</v>
+        <v>3</v>
       </c>
       <c r="F204">
-        <v>83</v>
+        <v>3</v>
       </c>
       <c r="G204">
-        <v>156</v>
+        <v>59</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>617</v>
       </c>
       <c r="B205" t="s">
         <v>618</v>
       </c>
       <c r="C205" t="s">
         <v>619</v>
       </c>
       <c r="D205" t="s">
         <v>11</v>
       </c>
       <c r="E205">
-        <v>1</v>
+        <v>90</v>
       </c>
       <c r="F205">
-        <v>1</v>
+        <v>83</v>
       </c>
       <c r="G205">
-        <v>1</v>
+        <v>156</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>620</v>
       </c>
       <c r="B206" t="s">
         <v>621</v>
       </c>
       <c r="C206" t="s">
         <v>622</v>
       </c>
       <c r="D206" t="s">
         <v>11</v>
       </c>
       <c r="E206">
         <v>1</v>
       </c>
       <c r="F206">
         <v>1</v>
       </c>
       <c r="G206">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>1</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>623</v>
       </c>
       <c r="B207" t="s">
         <v>624</v>
       </c>
       <c r="C207" t="s">
         <v>625</v>
       </c>
       <c r="D207" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E207">
         <v>1</v>
       </c>
       <c r="F207">
         <v>1</v>
       </c>
       <c r="G207">
-        <v>33</v>
+        <v>73</v>
+      </c>
+      <c r="H207" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>626</v>
       </c>
       <c r="B208" t="s">
         <v>627</v>
       </c>
       <c r="C208" t="s">
         <v>628</v>
       </c>
       <c r="D208" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E208">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F208">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G208">
-        <v>183</v>
+        <v>33</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>629</v>
       </c>
       <c r="B209" t="s">
         <v>630</v>
       </c>
       <c r="C209" t="s">
         <v>631</v>
       </c>
       <c r="D209" t="s">
         <v>11</v>
       </c>
       <c r="E209">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="F209">
-        <v>28</v>
+        <v>7</v>
       </c>
       <c r="G209">
-        <v>59</v>
+        <v>183</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>632</v>
       </c>
       <c r="B210" t="s">
         <v>633</v>
       </c>
       <c r="C210" t="s">
         <v>634</v>
       </c>
       <c r="D210" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E210">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="F210">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="G210">
-        <v>21</v>
+        <v>59</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>635</v>
       </c>
       <c r="B211" t="s">
         <v>636</v>
       </c>
       <c r="C211" t="s">
         <v>637</v>
       </c>
       <c r="D211" t="s">
         <v>15</v>
       </c>
       <c r="E211">
-        <v>33</v>
+        <v>1</v>
       </c>
       <c r="F211">
-        <v>27</v>
+        <v>1</v>
       </c>
       <c r="G211">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>21</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>638</v>
       </c>
       <c r="B212" t="s">
         <v>639</v>
       </c>
       <c r="C212" t="s">
         <v>640</v>
       </c>
       <c r="D212" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E212">
-        <v>1</v>
+        <v>33</v>
       </c>
       <c r="F212">
-        <v>1</v>
+        <v>27</v>
       </c>
       <c r="G212">
-        <v>2</v>
+        <v>145</v>
+      </c>
+      <c r="H212" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>641</v>
       </c>
       <c r="B213" t="s">
         <v>642</v>
       </c>
       <c r="C213" t="s">
         <v>643</v>
       </c>
       <c r="D213" t="s">
         <v>11</v>
       </c>
       <c r="E213">
-        <v>242</v>
+        <v>1</v>
       </c>
       <c r="F213">
-        <v>242</v>
+        <v>1</v>
       </c>
       <c r="G213">
-        <v>4986</v>
+        <v>2</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>644</v>
       </c>
       <c r="B214" t="s">
         <v>645</v>
       </c>
       <c r="C214" t="s">
         <v>646</v>
       </c>
       <c r="D214" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E214">
-        <v>1</v>
+        <v>242</v>
       </c>
       <c r="F214">
-        <v>0</v>
+        <v>242</v>
+      </c>
+      <c r="G214">
+        <v>4986</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>647</v>
       </c>
       <c r="B215" t="s">
         <v>648</v>
       </c>
       <c r="C215" t="s">
         <v>649</v>
       </c>
       <c r="D215" t="s">
-        <v>650</v>
+        <v>15</v>
       </c>
       <c r="E215">
         <v>1</v>
       </c>
       <c r="F215">
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
+        <v>650</v>
+      </c>
+      <c r="B216" t="s">
         <v>651</v>
       </c>
-      <c r="B216" t="s">
+      <c r="C216" t="s">
         <v>652</v>
       </c>
-      <c r="C216" t="s">
+      <c r="D216" t="s">
         <v>653</v>
-      </c>
-[...1 lines deleted...]
-        <v>650</v>
       </c>
       <c r="E216">
         <v>1</v>
       </c>
       <c r="F216">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
         <v>654</v>
       </c>
       <c r="B217" t="s">
         <v>655</v>
       </c>
       <c r="C217" t="s">
         <v>656</v>
       </c>
       <c r="D217" t="s">
-        <v>15</v>
+        <v>653</v>
       </c>
       <c r="E217">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F217">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>810</v>
+        <v>0</v>
+      </c>
+      <c r="H217" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>657</v>
       </c>
       <c r="B218" t="s">
         <v>658</v>
       </c>
       <c r="C218" t="s">
         <v>659</v>
       </c>
       <c r="D218" t="s">
-        <v>650</v>
+        <v>15</v>
       </c>
       <c r="E218">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F218">
         <v>1</v>
       </c>
       <c r="G218">
-        <v>327</v>
+        <v>810</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>660</v>
       </c>
       <c r="B219" t="s">
         <v>661</v>
       </c>
       <c r="C219" t="s">
         <v>662</v>
       </c>
       <c r="D219" t="s">
-        <v>15</v>
+        <v>653</v>
       </c>
       <c r="E219">
         <v>1</v>
       </c>
       <c r="F219">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G219">
+        <v>327</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>663</v>
       </c>
       <c r="B220" t="s">
         <v>664</v>
       </c>
       <c r="C220" t="s">
         <v>665</v>
       </c>
       <c r="D220" t="s">
         <v>15</v>
       </c>
       <c r="E220">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F220">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>61</v>
+        <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>666</v>
       </c>
       <c r="B221" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="C221" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="D221" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E221">
-        <v>345</v>
+        <v>6</v>
       </c>
       <c r="F221">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G221">
-        <v>19071</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>61</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="B222" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C222" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="D222" t="s">
         <v>11</v>
       </c>
       <c r="E222">
-        <v>557</v>
+        <v>345</v>
       </c>
       <c r="F222">
-        <v>246</v>
+        <v>0</v>
       </c>
       <c r="G222">
-        <v>30776</v>
+        <v>19071</v>
       </c>
       <c r="H222" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="B223" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="C223" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="D223" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E223">
-        <v>602</v>
+        <v>557</v>
       </c>
       <c r="F223">
-        <v>309</v>
+        <v>246</v>
       </c>
       <c r="G223">
-        <v>34460</v>
+        <v>30776</v>
       </c>
       <c r="H223" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="B224" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="C224" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="D224" t="s">
         <v>15</v>
       </c>
       <c r="E224">
-        <v>1227</v>
+        <v>602</v>
       </c>
       <c r="F224">
-        <v>1110</v>
+        <v>309</v>
       </c>
       <c r="G224">
-        <v>42206</v>
+        <v>34460</v>
       </c>
       <c r="H224" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="B225" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C225" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="D225" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E225">
-        <v>1231</v>
+        <v>1227</v>
       </c>
       <c r="F225">
-        <v>1119</v>
+        <v>1110</v>
       </c>
       <c r="G225">
-        <v>43206</v>
+        <v>42206</v>
+      </c>
+      <c r="H225" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="B226" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="C226" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="D226" t="s">
         <v>11</v>
       </c>
       <c r="E226">
-        <v>1613</v>
+        <v>1231</v>
       </c>
       <c r="F226">
-        <v>0</v>
+        <v>1119</v>
+      </c>
+      <c r="G226">
+        <v>43206</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="B227" t="s">
         <v>679</v>
       </c>
       <c r="C227" t="s">
         <v>680</v>
       </c>
       <c r="D227" t="s">
         <v>11</v>
       </c>
       <c r="E227">
-        <v>44</v>
+        <v>1613</v>
       </c>
       <c r="F227">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>696</v>
+        <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>681</v>
       </c>
       <c r="B228" t="s">
         <v>682</v>
       </c>
       <c r="C228" t="s">
         <v>683</v>
       </c>
       <c r="D228" t="s">
         <v>11</v>
       </c>
       <c r="E228">
-        <v>1</v>
+        <v>44</v>
       </c>
       <c r="F228">
-        <v>1</v>
+        <v>36</v>
       </c>
       <c r="G228">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>696</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>684</v>
       </c>
       <c r="B229" t="s">
         <v>685</v>
       </c>
       <c r="C229" t="s">
         <v>686</v>
       </c>
       <c r="D229" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E229">
         <v>1</v>
       </c>
       <c r="F229">
         <v>1</v>
       </c>
       <c r="G229">
-        <v>159</v>
+        <v>16</v>
+      </c>
+      <c r="H229" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>687</v>
       </c>
       <c r="B230" t="s">
         <v>688</v>
       </c>
       <c r="C230" t="s">
         <v>689</v>
       </c>
       <c r="D230" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E230">
         <v>1</v>
       </c>
       <c r="F230">
         <v>1</v>
       </c>
       <c r="G230">
-        <v>50</v>
+        <v>159</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>690</v>
       </c>
       <c r="B231" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="C231" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="D231" t="s">
         <v>11</v>
       </c>
       <c r="E231">
-        <v>2264</v>
+        <v>1</v>
       </c>
       <c r="F231">
-        <v>1003</v>
+        <v>1</v>
       </c>
       <c r="G231">
-        <v>59265</v>
+        <v>50</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="B232" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="C232" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="D232" t="s">
         <v>11</v>
       </c>
       <c r="E232">
-        <v>3159</v>
+        <v>2264</v>
       </c>
       <c r="F232">
-        <v>1523</v>
+        <v>1003</v>
       </c>
       <c r="G232">
-        <v>82053</v>
+        <v>59265</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="B233" t="s">
         <v>695</v>
       </c>
       <c r="C233" t="s">
         <v>696</v>
       </c>
+      <c r="D233" t="s">
+        <v>11</v>
+      </c>
       <c r="E233">
-        <v>4894</v>
+        <v>3159</v>
       </c>
       <c r="F233">
-        <v>3229</v>
+        <v>1523</v>
       </c>
       <c r="G233">
-        <v>123981</v>
+        <v>82053</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>697</v>
       </c>
       <c r="B234" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="C234" t="s">
-        <v>698</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>699</v>
       </c>
       <c r="E234">
-        <v>2202</v>
+        <v>4894</v>
       </c>
       <c r="F234">
-        <v>1</v>
+        <v>3229</v>
       </c>
       <c r="G234">
-        <v>53529</v>
+        <v>123981</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="B235" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="C235" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="D235" t="s">
         <v>11</v>
       </c>
       <c r="E235">
-        <v>949</v>
+        <v>2202</v>
       </c>
       <c r="F235">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G235">
+        <v>53529</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="B236" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C236" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D236" t="s">
         <v>11</v>
       </c>
       <c r="E236">
-        <v>634</v>
+        <v>949</v>
       </c>
       <c r="F236">
         <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="B237" t="s">
         <v>704</v>
       </c>
       <c r="C237" t="s">
         <v>705</v>
       </c>
       <c r="D237" t="s">
         <v>11</v>
       </c>
       <c r="E237">
-        <v>2</v>
+        <v>634</v>
       </c>
       <c r="F237">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>706</v>
       </c>
       <c r="B238" t="s">
         <v>707</v>
       </c>
       <c r="C238" t="s">
         <v>708</v>
       </c>
       <c r="D238" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E238">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F238">
         <v>0</v>
+      </c>
+      <c r="H238" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>709</v>
       </c>
       <c r="B239" t="s">
         <v>710</v>
       </c>
       <c r="C239" t="s">
         <v>711</v>
       </c>
       <c r="D239" t="s">
         <v>15</v>
       </c>
       <c r="E239">
         <v>1</v>
       </c>
       <c r="F239">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
         <v>712</v>
       </c>
       <c r="B240" t="s">
         <v>713</v>
       </c>
       <c r="C240" t="s">
         <v>714</v>
       </c>
       <c r="D240" t="s">
-        <v>715</v>
+        <v>15</v>
       </c>
       <c r="E240">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F240">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G240">
+        <v>89</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
+        <v>715</v>
+      </c>
+      <c r="B241" t="s">
         <v>716</v>
       </c>
-      <c r="B241" t="s">
+      <c r="C241" t="s">
         <v>717</v>
       </c>
-      <c r="C241" t="s">
+      <c r="D241" t="s">
         <v>718</v>
       </c>
-      <c r="D241" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E241">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F241">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>719</v>
       </c>
       <c r="B242" t="s">
         <v>720</v>
       </c>
       <c r="C242" t="s">
         <v>721</v>
       </c>
       <c r="D242" t="s">
         <v>11</v>
       </c>
       <c r="E242">
         <v>1</v>
       </c>
       <c r="F242">
         <v>1</v>
       </c>
       <c r="G242">
-        <v>20</v>
+        <v>27</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>722</v>
       </c>
       <c r="B243" t="s">
         <v>723</v>
       </c>
       <c r="C243" t="s">
         <v>724</v>
       </c>
       <c r="D243" t="s">
         <v>11</v>
       </c>
       <c r="E243">
         <v>1</v>
       </c>
       <c r="F243">
         <v>1</v>
       </c>
       <c r="G243">
         <v>20</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>725</v>
       </c>
       <c r="B244" t="s">
         <v>726</v>
       </c>
       <c r="C244" t="s">
         <v>727</v>
       </c>
       <c r="D244" t="s">
         <v>11</v>
       </c>
       <c r="E244">
         <v>1</v>
       </c>
       <c r="F244">
         <v>1</v>
       </c>
       <c r="G244">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>728</v>
       </c>
       <c r="B245" t="s">
         <v>729</v>
       </c>
       <c r="C245" t="s">
         <v>730</v>
       </c>
       <c r="D245" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E245">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F245">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G245">
+        <v>25</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>731</v>
       </c>
       <c r="B246" t="s">
         <v>732</v>
       </c>
       <c r="C246" t="s">
         <v>733</v>
       </c>
       <c r="D246" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E246">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F246">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>734</v>
       </c>
       <c r="B247" t="s">
         <v>735</v>
       </c>
       <c r="C247" t="s">
         <v>736</v>
       </c>
       <c r="D247" t="s">
         <v>11</v>
       </c>
       <c r="E247">
-        <v>28</v>
+        <v>1</v>
       </c>
       <c r="F247">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="G247">
-        <v>809</v>
+        <v>21</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>737</v>
       </c>
       <c r="B248" t="s">
         <v>738</v>
       </c>
       <c r="C248" t="s">
         <v>739</v>
       </c>
       <c r="D248" t="s">
         <v>11</v>
       </c>
       <c r="E248">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="F248">
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="G248">
-        <v>98</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>809</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>740</v>
       </c>
       <c r="B249" t="s">
         <v>741</v>
       </c>
       <c r="C249" t="s">
         <v>742</v>
       </c>
       <c r="D249" t="s">
         <v>11</v>
       </c>
       <c r="E249">
         <v>1</v>
       </c>
       <c r="F249">
         <v>1</v>
       </c>
       <c r="G249">
-        <v>75</v>
+        <v>98</v>
       </c>
       <c r="H249" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>743</v>
       </c>
       <c r="B250" t="s">
         <v>744</v>
       </c>
       <c r="C250" t="s">
         <v>745</v>
       </c>
       <c r="D250" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E250">
         <v>1</v>
       </c>
       <c r="F250">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G250">
+        <v>75</v>
+      </c>
+      <c r="H250" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>746</v>
       </c>
       <c r="B251" t="s">
         <v>747</v>
       </c>
       <c r="C251" t="s">
         <v>748</v>
       </c>
       <c r="D251" t="s">
         <v>15</v>
       </c>
       <c r="E251">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="F251">
         <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>749</v>
       </c>
       <c r="B252" t="s">
         <v>750</v>
       </c>
       <c r="C252" t="s">
         <v>751</v>
       </c>
       <c r="D252" t="s">
         <v>15</v>
       </c>
       <c r="E252">
-        <v>7</v>
+        <v>23</v>
       </c>
       <c r="F252">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>752</v>
       </c>
       <c r="B253" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C253" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="D253" t="s">
         <v>15</v>
       </c>
       <c r="E253">
-        <v>351</v>
+        <v>7</v>
       </c>
       <c r="F253">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>3870</v>
+        <v>0</v>
+      </c>
+      <c r="H253" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="B254" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="C254" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="D254" t="s">
         <v>15</v>
       </c>
       <c r="E254">
-        <v>564</v>
+        <v>351</v>
       </c>
       <c r="F254">
-        <v>262</v>
+        <v>99</v>
       </c>
       <c r="G254">
-        <v>4357</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>3870</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="B255" t="s">
         <v>757</v>
       </c>
       <c r="C255" t="s">
         <v>758</v>
       </c>
       <c r="D255" t="s">
         <v>15</v>
       </c>
       <c r="E255">
-        <v>1</v>
+        <v>564</v>
       </c>
       <c r="F255">
-        <v>1</v>
+        <v>262</v>
       </c>
       <c r="G255">
-        <v>17</v>
+        <v>4357</v>
       </c>
       <c r="H255" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>759</v>
       </c>
       <c r="B256" t="s">
         <v>760</v>
       </c>
       <c r="C256" t="s">
         <v>761</v>
       </c>
       <c r="D256" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E256">
-        <v>106</v>
+        <v>1</v>
       </c>
       <c r="F256">
-        <v>69</v>
+        <v>1</v>
       </c>
       <c r="G256">
-        <v>1621</v>
+        <v>17</v>
+      </c>
+      <c r="H256" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>762</v>
       </c>
       <c r="B257" t="s">
         <v>763</v>
       </c>
       <c r="C257" t="s">
         <v>764</v>
       </c>
       <c r="D257" t="s">
         <v>11</v>
       </c>
       <c r="E257">
-        <v>12</v>
+        <v>106</v>
       </c>
       <c r="F257">
-        <v>12</v>
+        <v>69</v>
       </c>
       <c r="G257">
-        <v>377</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>765</v>
       </c>
       <c r="B258" t="s">
         <v>766</v>
       </c>
       <c r="C258" t="s">
         <v>767</v>
       </c>
       <c r="D258" t="s">
         <v>11</v>
       </c>
       <c r="E258">
-        <v>133</v>
+        <v>12</v>
       </c>
       <c r="F258">
-        <v>126</v>
+        <v>12</v>
       </c>
       <c r="G258">
-        <v>1167</v>
+        <v>377</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>768</v>
       </c>
       <c r="B259" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="C259" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="D259" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E259">
-        <v>2213</v>
+        <v>133</v>
       </c>
       <c r="F259">
-        <v>1863</v>
+        <v>126</v>
       </c>
       <c r="G259">
-        <v>28854</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="B260" t="s">
         <v>771</v>
       </c>
       <c r="C260" t="s">
         <v>772</v>
       </c>
       <c r="D260" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E260">
-        <v>1</v>
+        <v>2213</v>
       </c>
       <c r="F260">
-        <v>1</v>
+        <v>1863</v>
       </c>
       <c r="G260">
-        <v>291</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>28854</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>773</v>
       </c>
       <c r="B261" t="s">
         <v>774</v>
       </c>
       <c r="C261" t="s">
         <v>775</v>
       </c>
       <c r="D261" t="s">
         <v>11</v>
       </c>
       <c r="E261">
-        <v>111</v>
+        <v>1</v>
       </c>
       <c r="F261">
-        <v>108</v>
+        <v>1</v>
       </c>
       <c r="G261">
-        <v>410</v>
+        <v>291</v>
+      </c>
+      <c r="H261" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>776</v>
       </c>
       <c r="B262" t="s">
         <v>777</v>
       </c>
       <c r="C262" t="s">
         <v>778</v>
       </c>
       <c r="D262" t="s">
         <v>11</v>
       </c>
       <c r="E262">
-        <v>1</v>
+        <v>111</v>
       </c>
       <c r="F262">
-        <v>1</v>
+        <v>108</v>
       </c>
       <c r="G262">
-        <v>169</v>
+        <v>410</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>779</v>
       </c>
       <c r="B263" t="s">
         <v>780</v>
       </c>
       <c r="C263" t="s">
         <v>781</v>
       </c>
       <c r="D263" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E263">
-        <v>208</v>
+        <v>1</v>
       </c>
       <c r="F263">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G263">
+        <v>169</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>782</v>
       </c>
       <c r="B264" t="s">
         <v>783</v>
       </c>
       <c r="C264" t="s">
         <v>784</v>
       </c>
       <c r="D264" t="s">
         <v>15</v>
       </c>
       <c r="E264">
-        <v>8</v>
+        <v>208</v>
       </c>
       <c r="F264">
         <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>785</v>
       </c>
       <c r="B265" t="s">
         <v>786</v>
       </c>
       <c r="C265" t="s">
         <v>787</v>
       </c>
       <c r="D265" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E265">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F265">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>663</v>
+        <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>788</v>
       </c>
       <c r="B266" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C266" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="D266" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E266">
-        <v>293</v>
+        <v>1</v>
       </c>
       <c r="F266">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G266">
+        <v>663</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="B267" t="s">
         <v>791</v>
       </c>
       <c r="C267" t="s">
         <v>792</v>
       </c>
       <c r="D267" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E267">
-        <v>1</v>
+        <v>293</v>
       </c>
       <c r="F267">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>793</v>
       </c>
       <c r="B268" t="s">
         <v>794</v>
       </c>
       <c r="C268" t="s">
         <v>795</v>
       </c>
       <c r="D268" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E268">
         <v>1</v>
       </c>
       <c r="F268">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G268">
-        <v>149</v>
+        <v>32</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>796</v>
       </c>
       <c r="B269" t="s">
         <v>797</v>
       </c>
       <c r="C269" t="s">
         <v>798</v>
       </c>
       <c r="D269" t="s">
         <v>15</v>
       </c>
       <c r="E269">
         <v>1</v>
       </c>
       <c r="F269">
         <v>0</v>
       </c>
       <c r="G269">
-        <v>457</v>
+        <v>149</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>799</v>
       </c>
       <c r="B270" t="s">
         <v>800</v>
       </c>
       <c r="C270" t="s">
         <v>801</v>
       </c>
       <c r="D270" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E270">
         <v>1</v>
       </c>
       <c r="F270">
         <v>0</v>
       </c>
       <c r="G270">
-        <v>28</v>
+        <v>457</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>802</v>
       </c>
       <c r="B271" t="s">
         <v>803</v>
       </c>
       <c r="C271" t="s">
         <v>804</v>
       </c>
       <c r="D271" t="s">
         <v>11</v>
       </c>
       <c r="E271">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F271">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G271">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="H271" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>805</v>
       </c>
       <c r="B272" t="s">
         <v>806</v>
       </c>
       <c r="C272" t="s">
         <v>807</v>
       </c>
       <c r="D272" t="s">
         <v>11</v>
       </c>
       <c r="E272">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F272">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G272">
-        <v>192</v>
+        <v>25</v>
+      </c>
+      <c r="H272" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>808</v>
       </c>
       <c r="B273" t="s">
         <v>809</v>
       </c>
       <c r="C273" t="s">
         <v>810</v>
       </c>
       <c r="D273" t="s">
         <v>11</v>
       </c>
       <c r="E273">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F273">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G273">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>192</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>811</v>
       </c>
       <c r="B274" t="s">
         <v>812</v>
       </c>
       <c r="C274" t="s">
         <v>813</v>
       </c>
       <c r="D274" t="s">
         <v>11</v>
       </c>
       <c r="E274">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F274">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G274">
-        <v>54</v>
+        <v>57</v>
+      </c>
+      <c r="H274" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>814</v>
       </c>
       <c r="B275" t="s">
         <v>815</v>
       </c>
       <c r="C275" t="s">
         <v>816</v>
       </c>
       <c r="D275" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E275">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F275">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G275">
-        <v>33</v>
+        <v>54</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>817</v>
       </c>
       <c r="B276" t="s">
         <v>818</v>
       </c>
       <c r="C276" t="s">
         <v>819</v>
       </c>
       <c r="D276" t="s">
         <v>15</v>
       </c>
       <c r="E276">
-        <v>78</v>
+        <v>1</v>
       </c>
       <c r="F276">
-        <v>78</v>
+        <v>0</v>
       </c>
       <c r="G276">
-        <v>284</v>
+        <v>33</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>820</v>
       </c>
       <c r="B277" t="s">
         <v>821</v>
       </c>
       <c r="C277" t="s">
         <v>822</v>
       </c>
       <c r="D277" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E277">
         <v>78</v>
       </c>
       <c r="F277">
         <v>78</v>
       </c>
       <c r="G277">
         <v>284</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>823</v>
       </c>
       <c r="B278" t="s">
         <v>824</v>
       </c>
       <c r="C278" t="s">
         <v>825</v>
       </c>
       <c r="D278" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E278">
-        <v>12</v>
+        <v>78</v>
       </c>
       <c r="F278">
-        <v>0</v>
+        <v>78</v>
+      </c>
+      <c r="G278">
+        <v>284</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>826</v>
       </c>
       <c r="B279" t="s">
         <v>827</v>
       </c>
       <c r="C279" t="s">
         <v>828</v>
       </c>
       <c r="D279" t="s">
         <v>15</v>
       </c>
       <c r="E279">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="F279">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>829</v>
       </c>
       <c r="B280" t="s">
         <v>830</v>
       </c>
       <c r="C280" t="s">
         <v>831</v>
       </c>
       <c r="D280" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E280">
         <v>1</v>
       </c>
       <c r="F280">
         <v>1</v>
       </c>
       <c r="G280">
-        <v>316</v>
+        <v>24</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>832</v>
       </c>
       <c r="B281" t="s">
         <v>833</v>
       </c>
       <c r="C281" t="s">
         <v>834</v>
       </c>
       <c r="D281" t="s">
         <v>11</v>
       </c>
       <c r="E281">
         <v>1</v>
       </c>
       <c r="F281">
         <v>1</v>
       </c>
       <c r="G281">
-        <v>895</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>316</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>835</v>
       </c>
       <c r="B282" t="s">
         <v>836</v>
       </c>
       <c r="C282" t="s">
         <v>837</v>
       </c>
       <c r="D282" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E282">
         <v>1</v>
       </c>
       <c r="F282">
         <v>1</v>
       </c>
       <c r="G282">
-        <v>84</v>
+        <v>895</v>
       </c>
       <c r="H282" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>838</v>
       </c>
       <c r="B283" t="s">
         <v>839</v>
       </c>
       <c r="C283" t="s">
         <v>840</v>
       </c>
       <c r="D283" t="s">
         <v>15</v>
       </c>
       <c r="E283">
         <v>1</v>
       </c>
       <c r="F283">
         <v>1</v>
       </c>
       <c r="G283">
-        <v>24</v>
+        <v>84</v>
+      </c>
+      <c r="H283" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>841</v>
       </c>
       <c r="B284" t="s">
         <v>842</v>
       </c>
       <c r="C284" t="s">
         <v>843</v>
       </c>
       <c r="D284" t="s">
         <v>15</v>
       </c>
       <c r="E284">
         <v>1</v>
       </c>
       <c r="F284">
         <v>1</v>
       </c>
       <c r="G284">
-        <v>305</v>
+        <v>24</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
         <v>844</v>
       </c>
       <c r="B285" t="s">
         <v>845</v>
       </c>
       <c r="C285" t="s">
         <v>846</v>
       </c>
       <c r="D285" t="s">
         <v>15</v>
       </c>
       <c r="E285">
         <v>1</v>
       </c>
       <c r="F285">
         <v>1</v>
       </c>
       <c r="G285">
-        <v>20</v>
+        <v>305</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>847</v>
       </c>
       <c r="B286" t="s">
         <v>848</v>
       </c>
       <c r="C286" t="s">
         <v>849</v>
       </c>
       <c r="D286" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E286">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F286">
         <v>1</v>
       </c>
       <c r="G286">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>20</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
         <v>850</v>
       </c>
       <c r="B287" t="s">
         <v>851</v>
       </c>
       <c r="C287" t="s">
         <v>852</v>
       </c>
       <c r="D287" t="s">
         <v>11</v>
       </c>
       <c r="E287">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F287">
         <v>1</v>
       </c>
       <c r="G287">
-        <v>547</v>
+        <v>46</v>
+      </c>
+      <c r="H287" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>853</v>
       </c>
       <c r="B288" t="s">
         <v>854</v>
       </c>
       <c r="C288" t="s">
         <v>855</v>
       </c>
       <c r="D288" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E288">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F288">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G288">
-        <v>65</v>
+        <v>547</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>856</v>
       </c>
       <c r="B289" t="s">
         <v>857</v>
       </c>
       <c r="C289" t="s">
         <v>858</v>
       </c>
       <c r="D289" t="s">
         <v>15</v>
       </c>
       <c r="E289">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F289">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G289">
-        <v>39</v>
+        <v>65</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>859</v>
       </c>
       <c r="B290" t="s">
         <v>860</v>
       </c>
       <c r="C290" t="s">
         <v>861</v>
       </c>
       <c r="D290" t="s">
         <v>15</v>
       </c>
       <c r="E290">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F290">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G290">
-        <v>239</v>
+        <v>39</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
         <v>862</v>
       </c>
       <c r="B291" t="s">
         <v>863</v>
       </c>
       <c r="C291" t="s">
         <v>864</v>
       </c>
       <c r="D291" t="s">
         <v>15</v>
       </c>
       <c r="E291">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F291">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G291">
-        <v>307</v>
+        <v>239</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
         <v>865</v>
       </c>
       <c r="B292" t="s">
         <v>866</v>
       </c>
       <c r="C292" t="s">
         <v>867</v>
       </c>
       <c r="D292" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E292">
         <v>1</v>
       </c>
       <c r="F292">
         <v>1</v>
       </c>
       <c r="G292">
-        <v>240</v>
+        <v>307</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
         <v>868</v>
       </c>
       <c r="B293" t="s">
         <v>869</v>
       </c>
       <c r="C293" t="s">
         <v>870</v>
       </c>
       <c r="D293" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E293">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F293">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G293">
-        <v>956</v>
+        <v>240</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>871</v>
       </c>
       <c r="B294" t="s">
         <v>872</v>
       </c>
       <c r="C294" t="s">
         <v>873</v>
       </c>
       <c r="D294" t="s">
         <v>15</v>
       </c>
       <c r="E294">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F294">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G294">
-        <v>43</v>
+        <v>956</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>874</v>
       </c>
       <c r="B295" t="s">
         <v>875</v>
       </c>
       <c r="C295" t="s">
         <v>876</v>
       </c>
       <c r="D295" t="s">
         <v>15</v>
       </c>
       <c r="E295">
         <v>1</v>
       </c>
       <c r="F295">
         <v>1</v>
       </c>
       <c r="G295">
-        <v>72</v>
+        <v>43</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>877</v>
       </c>
       <c r="B296" t="s">
         <v>878</v>
       </c>
       <c r="C296" t="s">
         <v>879</v>
       </c>
       <c r="D296" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E296">
         <v>1</v>
       </c>
       <c r="F296">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>1</v>
+      </c>
+      <c r="G296">
+        <v>72</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>880</v>
       </c>
       <c r="B297" t="s">
         <v>881</v>
       </c>
       <c r="C297" t="s">
         <v>882</v>
       </c>
       <c r="D297" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E297">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F297">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>0</v>
+      </c>
+      <c r="H297" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>883</v>
       </c>
       <c r="B298" t="s">
         <v>884</v>
       </c>
       <c r="C298" t="s">
         <v>885</v>
       </c>
       <c r="D298" t="s">
         <v>15</v>
       </c>
       <c r="E298">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F298">
-        <v>0</v>
+        <v>3</v>
+      </c>
+      <c r="G298">
+        <v>7</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>886</v>
       </c>
       <c r="B299" t="s">
         <v>887</v>
       </c>
       <c r="C299" t="s">
         <v>888</v>
       </c>
       <c r="D299" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E299">
         <v>1</v>
       </c>
       <c r="F299">
         <v>0</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>889</v>
       </c>
       <c r="B300" t="s">
         <v>890</v>
       </c>
       <c r="C300" t="s">
         <v>891</v>
       </c>
       <c r="D300" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E300">
         <v>1</v>
       </c>
       <c r="F300">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>892</v>
       </c>
       <c r="B301" t="s">
         <v>893</v>
       </c>
       <c r="C301" t="s">
         <v>894</v>
       </c>
       <c r="D301" t="s">
-        <v>895</v>
+        <v>15</v>
       </c>
       <c r="E301">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F301">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G301">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>81</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
+        <v>895</v>
+      </c>
+      <c r="B302" t="s">
         <v>896</v>
       </c>
-      <c r="B302" t="s">
+      <c r="C302" t="s">
         <v>897</v>
       </c>
-      <c r="C302" t="s">
+      <c r="D302" t="s">
         <v>898</v>
       </c>
-      <c r="D302" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E302">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F302">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G302">
-        <v>83</v>
+        <v>3</v>
+      </c>
+      <c r="H302" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
         <v>899</v>
       </c>
       <c r="B303" t="s">
         <v>900</v>
       </c>
       <c r="C303" t="s">
         <v>901</v>
       </c>
       <c r="D303" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E303">
         <v>1</v>
       </c>
       <c r="F303">
         <v>1</v>
       </c>
       <c r="G303">
-        <v>562</v>
+        <v>83</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
         <v>902</v>
       </c>
       <c r="B304" t="s">
         <v>903</v>
       </c>
       <c r="C304" t="s">
         <v>904</v>
       </c>
       <c r="D304" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E304">
-        <v>117</v>
+        <v>1</v>
       </c>
       <c r="F304">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>1</v>
+      </c>
+      <c r="G304">
+        <v>562</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
         <v>905</v>
       </c>
       <c r="B305" t="s">
         <v>906</v>
       </c>
       <c r="C305" t="s">
         <v>907</v>
       </c>
       <c r="D305" t="s">
         <v>15</v>
       </c>
       <c r="E305">
-        <v>2</v>
+        <v>117</v>
       </c>
       <c r="F305">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>1420</v>
+        <v>0</v>
+      </c>
+      <c r="H305" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>908</v>
       </c>
       <c r="B306" t="s">
         <v>909</v>
       </c>
       <c r="C306" t="s">
         <v>910</v>
       </c>
       <c r="D306" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E306">
-        <v>105</v>
+        <v>2</v>
       </c>
       <c r="F306">
-        <v>0</v>
+        <v>2</v>
+      </c>
+      <c r="G306">
+        <v>1420</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>911</v>
       </c>
       <c r="B307" t="s">
         <v>912</v>
       </c>
       <c r="C307" t="s">
         <v>913</v>
       </c>
       <c r="D307" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E307">
-        <v>40</v>
+        <v>105</v>
       </c>
       <c r="F307">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>0</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>914</v>
       </c>
       <c r="B308" t="s">
         <v>915</v>
       </c>
       <c r="C308" t="s">
         <v>916</v>
       </c>
       <c r="D308" t="s">
         <v>15</v>
       </c>
       <c r="E308">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="F308">
-        <v>0</v>
+        <v>40</v>
+      </c>
+      <c r="G308">
+        <v>73</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
         <v>917</v>
       </c>
       <c r="B309" t="s">
         <v>918</v>
       </c>
       <c r="C309" t="s">
         <v>919</v>
       </c>
       <c r="D309" t="s">
         <v>15</v>
       </c>
       <c r="E309">
-        <v>122</v>
+        <v>1</v>
       </c>
       <c r="F309">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>493</v>
+        <v>0</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>920</v>
       </c>
       <c r="B310" t="s">
         <v>921</v>
       </c>
       <c r="C310" t="s">
         <v>922</v>
       </c>
       <c r="D310" t="s">
         <v>15</v>
       </c>
       <c r="E310">
-        <v>27</v>
+        <v>122</v>
       </c>
       <c r="F310">
-        <v>24</v>
+        <v>113</v>
       </c>
       <c r="G310">
-        <v>24</v>
+        <v>493</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
         <v>923</v>
       </c>
       <c r="B311" t="s">
         <v>924</v>
       </c>
       <c r="C311" t="s">
         <v>925</v>
       </c>
       <c r="D311" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E311">
-        <v>1</v>
+        <v>27</v>
       </c>
       <c r="F311">
-        <v>0</v>
+        <v>24</v>
+      </c>
+      <c r="G311">
+        <v>24</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>926</v>
       </c>
       <c r="B312" t="s">
         <v>927</v>
       </c>
       <c r="C312" t="s">
         <v>928</v>
       </c>
       <c r="D312" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E312">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F312">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>0</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>929</v>
       </c>
       <c r="B313" t="s">
         <v>930</v>
       </c>
       <c r="C313" t="s">
         <v>931</v>
       </c>
       <c r="D313" t="s">
         <v>15</v>
       </c>
       <c r="E313">
         <v>2</v>
       </c>
       <c r="F313">
-        <v>0</v>
+        <v>2</v>
+      </c>
+      <c r="G313">
+        <v>60</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>932</v>
       </c>
       <c r="B314" t="s">
         <v>933</v>
       </c>
       <c r="C314" t="s">
         <v>934</v>
       </c>
       <c r="D314" t="s">
-        <v>895</v>
+        <v>15</v>
       </c>
       <c r="E314">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F314">
         <v>0</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>935</v>
       </c>
       <c r="B315" t="s">
         <v>936</v>
       </c>
       <c r="C315" t="s">
         <v>937</v>
       </c>
       <c r="D315" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="E315">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="F315">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>938</v>
       </c>
       <c r="B316" t="s">
         <v>939</v>
       </c>
       <c r="C316" t="s">
         <v>940</v>
       </c>
       <c r="D316" t="s">
-        <v>15</v>
+        <v>898</v>
       </c>
       <c r="E316">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F316">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="H316" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>941</v>
       </c>
       <c r="B317" t="s">
         <v>942</v>
       </c>
       <c r="C317" t="s">
         <v>943</v>
       </c>
       <c r="D317" t="s">
-        <v>895</v>
+        <v>15</v>
       </c>
       <c r="E317">
         <v>1</v>
       </c>
       <c r="F317">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G317">
+        <v>46</v>
+      </c>
+      <c r="H317" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>944</v>
       </c>
       <c r="B318" t="s">
         <v>945</v>
       </c>
       <c r="C318" t="s">
         <v>946</v>
       </c>
       <c r="D318" t="s">
-        <v>15</v>
+        <v>898</v>
       </c>
       <c r="E318">
         <v>1</v>
       </c>
       <c r="F318">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>0</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>947</v>
       </c>
       <c r="B319" t="s">
         <v>948</v>
       </c>
       <c r="C319" t="s">
         <v>949</v>
       </c>
       <c r="D319" t="s">
         <v>15</v>
       </c>
       <c r="E319">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F319">
+        <v>1</v>
+      </c>
+      <c r="G319">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>950</v>
       </c>
       <c r="B320" t="s">
         <v>951</v>
       </c>
       <c r="C320" t="s">
         <v>952</v>
       </c>
       <c r="D320" t="s">
         <v>15</v>
       </c>
       <c r="E320">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="F320">
         <v>3</v>
       </c>
       <c r="G320">
-        <v>65</v>
+        <v>43</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>953</v>
       </c>
       <c r="B321" t="s">
         <v>954</v>
       </c>
       <c r="C321" t="s">
         <v>955</v>
       </c>
       <c r="D321" t="s">
         <v>15</v>
       </c>
       <c r="E321">
-        <v>5</v>
+        <v>17</v>
       </c>
       <c r="F321">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G321">
-        <v>121</v>
+        <v>65</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
         <v>956</v>
       </c>
       <c r="B322" t="s">
         <v>957</v>
       </c>
       <c r="C322" t="s">
         <v>958</v>
       </c>
       <c r="D322" t="s">
         <v>15</v>
       </c>
       <c r="E322">
-        <v>251</v>
+        <v>5</v>
       </c>
       <c r="F322">
-        <v>0</v>
+        <v>5</v>
+      </c>
+      <c r="G322">
+        <v>121</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
         <v>959</v>
       </c>
       <c r="B323" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="C323" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="D323" t="s">
         <v>15</v>
       </c>
       <c r="E323">
-        <v>1839</v>
+        <v>251</v>
       </c>
       <c r="F323">
         <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="B324" t="s">
         <v>962</v>
       </c>
       <c r="C324" t="s">
         <v>963</v>
       </c>
       <c r="D324" t="s">
-        <v>650</v>
+        <v>15</v>
       </c>
       <c r="E324">
-        <v>1</v>
+        <v>1839</v>
       </c>
       <c r="F324">
         <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
         <v>964</v>
       </c>
       <c r="B325" t="s">
         <v>965</v>
       </c>
       <c r="C325" t="s">
         <v>966</v>
       </c>
       <c r="D325" t="s">
-        <v>11</v>
+        <v>653</v>
       </c>
       <c r="E325">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F325">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>315</v>
+        <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
         <v>967</v>
       </c>
       <c r="B326" t="s">
         <v>968</v>
       </c>
       <c r="C326" t="s">
         <v>969</v>
       </c>
       <c r="D326" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E326">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F326">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="G326">
-        <v>41</v>
+        <v>315</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
         <v>970</v>
       </c>
       <c r="B327" t="s">
         <v>971</v>
       </c>
       <c r="C327" t="s">
         <v>972</v>
       </c>
+      <c r="D327" t="s">
+        <v>15</v>
+      </c>
       <c r="E327">
-        <v>462</v>
+        <v>1</v>
       </c>
       <c r="F327">
         <v>0</v>
+      </c>
+      <c r="G327">
+        <v>41</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>973</v>
       </c>
       <c r="B328" t="s">
         <v>974</v>
       </c>
       <c r="C328" t="s">
         <v>975</v>
       </c>
-      <c r="D328" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E328">
-        <v>1743</v>
+        <v>462</v>
       </c>
       <c r="F328">
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
         <v>976</v>
       </c>
       <c r="B329" t="s">
         <v>977</v>
       </c>
       <c r="C329" t="s">
         <v>978</v>
       </c>
       <c r="D329" t="s">
         <v>15</v>
       </c>
       <c r="E329">
-        <v>1897</v>
+        <v>1743</v>
       </c>
       <c r="F329">
         <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
         <v>979</v>
       </c>
       <c r="B330" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="C330" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="D330" t="s">
         <v>15</v>
       </c>
       <c r="E330">
-        <v>148</v>
+        <v>1897</v>
       </c>
       <c r="F330">
         <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="B331" t="s">
         <v>982</v>
       </c>
       <c r="C331" t="s">
         <v>983</v>
       </c>
       <c r="D331" t="s">
         <v>15</v>
       </c>
       <c r="E331">
-        <v>25</v>
+        <v>148</v>
       </c>
       <c r="F331">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
         <v>984</v>
       </c>
       <c r="B332" t="s">
         <v>985</v>
       </c>
       <c r="C332" t="s">
         <v>986</v>
       </c>
+      <c r="D332" t="s">
+        <v>15</v>
+      </c>
       <c r="E332">
-        <v>452</v>
+        <v>25</v>
       </c>
       <c r="F332">
         <v>0</v>
+      </c>
+      <c r="H332" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
         <v>987</v>
       </c>
       <c r="B333" t="s">
         <v>988</v>
       </c>
       <c r="C333" t="s">
         <v>989</v>
       </c>
-      <c r="D333" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E333">
-        <v>1</v>
+        <v>452</v>
       </c>
       <c r="F333">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
         <v>990</v>
       </c>
       <c r="B334" t="s">
         <v>991</v>
       </c>
       <c r="C334" t="s">
         <v>992</v>
       </c>
       <c r="D334" t="s">
-        <v>15</v>
+        <v>653</v>
       </c>
       <c r="E334">
         <v>1</v>
       </c>
       <c r="F334">
         <v>0</v>
+      </c>
+      <c r="H334" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
         <v>993</v>
       </c>
       <c r="B335" t="s">
         <v>994</v>
       </c>
       <c r="C335" t="s">
         <v>995</v>
       </c>
       <c r="D335" t="s">
         <v>15</v>
       </c>
       <c r="E335">
-        <v>104</v>
+        <v>1</v>
       </c>
       <c r="F335">
         <v>0</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
         <v>996</v>
       </c>
       <c r="B336" t="s">
         <v>997</v>
       </c>
       <c r="C336" t="s">
         <v>998</v>
       </c>
       <c r="D336" t="s">
         <v>15</v>
       </c>
       <c r="E336">
-        <v>1</v>
+        <v>104</v>
       </c>
       <c r="F336">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>0</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
         <v>999</v>
       </c>
       <c r="B337" t="s">
         <v>1000</v>
       </c>
       <c r="C337" t="s">
         <v>1001</v>
       </c>
       <c r="D337" t="s">
-        <v>895</v>
+        <v>15</v>
       </c>
       <c r="E337">
         <v>1</v>
       </c>
       <c r="F337">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G337">
+        <v>18</v>
       </c>
       <c r="H337" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
         <v>1002</v>
       </c>
       <c r="B338" t="s">
         <v>1003</v>
       </c>
       <c r="C338" t="s">
         <v>1004</v>
       </c>
       <c r="D338" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="E338">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F338">
         <v>0</v>
       </c>
       <c r="H338" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
         <v>1005</v>
       </c>
       <c r="B339" t="s">
         <v>1006</v>
       </c>
       <c r="C339" t="s">
         <v>1007</v>
       </c>
       <c r="D339" t="s">
-        <v>15</v>
+        <v>898</v>
       </c>
       <c r="E339">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="F339">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>0</v>
+      </c>
+      <c r="H339" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
         <v>1008</v>
       </c>
       <c r="B340" t="s">
         <v>1009</v>
       </c>
       <c r="C340" t="s">
         <v>1010</v>
       </c>
       <c r="D340" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E340">
         <v>1</v>
       </c>
       <c r="F340">
         <v>1</v>
       </c>
       <c r="G340">
-        <v>341</v>
+        <v>36</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>1011</v>
       </c>
       <c r="B341" t="s">
         <v>1012</v>
       </c>
       <c r="C341" t="s">
         <v>1013</v>
       </c>
       <c r="D341" t="s">
         <v>11</v>
       </c>
       <c r="E341">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F341">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="G341">
-        <v>522</v>
+        <v>341</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
         <v>1014</v>
       </c>
       <c r="B342" t="s">
         <v>1015</v>
       </c>
       <c r="C342" t="s">
         <v>1016</v>
       </c>
       <c r="D342" t="s">
         <v>11</v>
       </c>
       <c r="E342">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="F342">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="G342">
-        <v>314</v>
+        <v>522</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
         <v>1017</v>
       </c>
       <c r="B343" t="s">
         <v>1018</v>
       </c>
       <c r="C343" t="s">
         <v>1019</v>
       </c>
       <c r="D343" t="s">
         <v>11</v>
       </c>
       <c r="E343">
         <v>1</v>
       </c>
       <c r="F343">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G343">
-        <v>302</v>
+        <v>314</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
         <v>1020</v>
       </c>
       <c r="B344" t="s">
         <v>1021</v>
       </c>
       <c r="C344" t="s">
         <v>1022</v>
       </c>
       <c r="D344" t="s">
         <v>11</v>
       </c>
       <c r="E344">
-        <v>147</v>
+        <v>1</v>
       </c>
       <c r="F344">
         <v>0</v>
+      </c>
+      <c r="G344">
+        <v>302</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
         <v>1023</v>
       </c>
       <c r="B345" t="s">
         <v>1024</v>
       </c>
       <c r="C345" t="s">
         <v>1025</v>
       </c>
       <c r="D345" t="s">
         <v>11</v>
       </c>
       <c r="E345">
-        <v>1</v>
+        <v>147</v>
       </c>
       <c r="F345">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
         <v>1026</v>
       </c>
       <c r="B346" t="s">
         <v>1027</v>
       </c>
       <c r="C346" t="s">
         <v>1028</v>
       </c>
       <c r="D346" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E346">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F346">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G346">
-        <v>16</v>
+        <v>1</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>1029</v>
       </c>
       <c r="B347" t="s">
         <v>1030</v>
       </c>
       <c r="C347" t="s">
         <v>1031</v>
       </c>
       <c r="D347" t="s">
         <v>15</v>
       </c>
       <c r="E347">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F347">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G347">
-        <v>5</v>
+        <v>16</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>1032</v>
       </c>
       <c r="B348" t="s">
         <v>1033</v>
       </c>
       <c r="C348" t="s">
         <v>1034</v>
       </c>
       <c r="D348" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E348">
         <v>1</v>
       </c>
       <c r="F348">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G348">
+        <v>5</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
         <v>1035</v>
       </c>
       <c r="B349" t="s">
         <v>1036</v>
       </c>
       <c r="C349" t="s">
         <v>1037</v>
       </c>
       <c r="D349" t="s">
         <v>11</v>
       </c>
       <c r="E349">
         <v>1</v>
       </c>
       <c r="F349">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>0</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
         <v>1038</v>
       </c>
       <c r="B350" t="s">
         <v>1039</v>
       </c>
       <c r="C350" t="s">
         <v>1040</v>
       </c>
       <c r="D350" t="s">
         <v>11</v>
       </c>
       <c r="E350">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F350">
         <v>1</v>
       </c>
       <c r="G350">
-        <v>199</v>
+        <v>106</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
         <v>1041</v>
       </c>
       <c r="B351" t="s">
         <v>1042</v>
       </c>
       <c r="C351" t="s">
         <v>1043</v>
       </c>
       <c r="D351" t="s">
         <v>11</v>
       </c>
       <c r="E351">
-        <v>49</v>
+        <v>2</v>
       </c>
       <c r="F351">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="G351">
-        <v>276</v>
+        <v>199</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
         <v>1044</v>
       </c>
       <c r="B352" t="s">
         <v>1045</v>
       </c>
       <c r="C352" t="s">
         <v>1046</v>
       </c>
       <c r="D352" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E352">
-        <v>34</v>
+        <v>49</v>
       </c>
       <c r="F352">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="G352">
-        <v>154</v>
+        <v>276</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
         <v>1047</v>
       </c>
       <c r="B353" t="s">
         <v>1048</v>
       </c>
       <c r="C353" t="s">
         <v>1049</v>
       </c>
       <c r="D353" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E353">
-        <v>3</v>
+        <v>34</v>
       </c>
       <c r="F353">
-        <v>3</v>
+        <v>26</v>
       </c>
       <c r="G353">
-        <v>292</v>
+        <v>154</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
         <v>1050</v>
       </c>
       <c r="B354" t="s">
         <v>1051</v>
       </c>
       <c r="C354" t="s">
         <v>1052</v>
       </c>
       <c r="D354" t="s">
         <v>11</v>
       </c>
       <c r="E354">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F354">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G354">
-        <v>868</v>
+        <v>292</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>1053</v>
       </c>
       <c r="B355" t="s">
         <v>1054</v>
       </c>
       <c r="C355" t="s">
         <v>1055</v>
       </c>
       <c r="D355" t="s">
         <v>11</v>
       </c>
       <c r="E355">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F355">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G355">
-        <v>859</v>
+        <v>868</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>1056</v>
       </c>
       <c r="B356" t="s">
         <v>1057</v>
       </c>
       <c r="C356" t="s">
         <v>1058</v>
       </c>
       <c r="D356" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E356">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F356">
-        <v>0</v>
+        <v>2</v>
+      </c>
+      <c r="G356">
+        <v>859</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
         <v>1059</v>
       </c>
       <c r="B357" t="s">
         <v>1060</v>
       </c>
       <c r="C357" t="s">
         <v>1061</v>
       </c>
       <c r="D357" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E357">
         <v>1</v>
       </c>
       <c r="F357">
         <v>0</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
         <v>1062</v>
       </c>
       <c r="B358" t="s">
         <v>1063</v>
       </c>
       <c r="C358" t="s">
         <v>1064</v>
       </c>
       <c r="D358" t="s">
         <v>11</v>
       </c>
       <c r="E358">
         <v>1</v>
       </c>
       <c r="F358">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>40</v>
+        <v>0</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
         <v>1065</v>
       </c>
       <c r="B359" t="s">
         <v>1066</v>
       </c>
       <c r="C359" t="s">
         <v>1067</v>
       </c>
       <c r="D359" t="s">
         <v>11</v>
       </c>
       <c r="E359">
         <v>1</v>
       </c>
       <c r="F359">
         <v>1</v>
       </c>
       <c r="G359">
-        <v>268</v>
+        <v>40</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
         <v>1068</v>
       </c>
       <c r="B360" t="s">
         <v>1069</v>
       </c>
       <c r="C360" t="s">
         <v>1070</v>
       </c>
       <c r="D360" t="s">
         <v>11</v>
       </c>
       <c r="E360">
         <v>1</v>
       </c>
       <c r="F360">
         <v>1</v>
       </c>
       <c r="G360">
-        <v>205</v>
+        <v>268</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
         <v>1071</v>
       </c>
       <c r="B361" t="s">
         <v>1072</v>
       </c>
       <c r="C361" t="s">
         <v>1073</v>
       </c>
       <c r="D361" t="s">
         <v>11</v>
       </c>
       <c r="E361">
         <v>1</v>
       </c>
       <c r="F361">
         <v>1</v>
       </c>
       <c r="G361">
-        <v>1</v>
+        <v>205</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
         <v>1074</v>
       </c>
       <c r="B362" t="s">
         <v>1075</v>
       </c>
       <c r="C362" t="s">
         <v>1076</v>
       </c>
       <c r="D362" t="s">
         <v>11</v>
       </c>
       <c r="E362">
         <v>1</v>
       </c>
       <c r="F362">
         <v>1</v>
       </c>
       <c r="G362">
-        <v>211</v>
+        <v>1</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
         <v>1077</v>
       </c>
       <c r="B363" t="s">
         <v>1078</v>
       </c>
       <c r="C363" t="s">
         <v>1079</v>
       </c>
       <c r="D363" t="s">
         <v>11</v>
       </c>
       <c r="E363">
         <v>1</v>
       </c>
       <c r="F363">
         <v>1</v>
       </c>
       <c r="G363">
-        <v>1040</v>
+        <v>211</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
         <v>1080</v>
       </c>
       <c r="B364" t="s">
         <v>1081</v>
       </c>
       <c r="C364" t="s">
         <v>1082</v>
       </c>
       <c r="D364" t="s">
         <v>11</v>
       </c>
       <c r="E364">
-        <v>38</v>
+        <v>1</v>
       </c>
       <c r="F364">
-        <v>38</v>
+        <v>1</v>
       </c>
       <c r="G364">
-        <v>871</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
         <v>1083</v>
       </c>
       <c r="B365" t="s">
         <v>1084</v>
       </c>
       <c r="C365" t="s">
         <v>1085</v>
       </c>
       <c r="D365" t="s">
         <v>11</v>
       </c>
       <c r="E365">
-        <v>1</v>
+        <v>38</v>
       </c>
       <c r="F365">
-        <v>1</v>
+        <v>38</v>
       </c>
       <c r="G365">
-        <v>1041</v>
+        <v>871</v>
       </c>
       <c r="H365" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
         <v>1086</v>
       </c>
       <c r="B366" t="s">
         <v>1087</v>
       </c>
       <c r="C366" t="s">
         <v>1088</v>
       </c>
       <c r="D366" t="s">
         <v>11</v>
       </c>
       <c r="E366">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="F366">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="G366">
-        <v>194</v>
+        <v>1041</v>
       </c>
       <c r="H366" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
         <v>1089</v>
       </c>
       <c r="B367" t="s">
         <v>1090</v>
       </c>
       <c r="C367" t="s">
         <v>1091</v>
       </c>
       <c r="D367" t="s">
         <v>11</v>
       </c>
       <c r="E367">
-        <v>894</v>
+        <v>16</v>
       </c>
       <c r="F367">
-        <v>827</v>
+        <v>12</v>
       </c>
       <c r="G367">
-        <v>12486</v>
+        <v>194</v>
       </c>
       <c r="H367" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
         <v>1092</v>
       </c>
       <c r="B368" t="s">
         <v>1093</v>
       </c>
       <c r="C368" t="s">
         <v>1094</v>
       </c>
       <c r="D368" t="s">
         <v>11</v>
       </c>
       <c r="E368">
-        <v>3</v>
+        <v>894</v>
       </c>
       <c r="F368">
-        <v>3</v>
+        <v>827</v>
       </c>
       <c r="G368">
-        <v>294</v>
+        <v>12486</v>
+      </c>
+      <c r="H368" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
         <v>1095</v>
       </c>
       <c r="B369" t="s">
         <v>1096</v>
       </c>
       <c r="C369" t="s">
         <v>1097</v>
       </c>
       <c r="D369" t="s">
         <v>11</v>
       </c>
       <c r="E369">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F369">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G369">
-        <v>133</v>
+        <v>294</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
         <v>1098</v>
       </c>
       <c r="B370" t="s">
         <v>1099</v>
       </c>
       <c r="C370" t="s">
         <v>1100</v>
       </c>
       <c r="D370" t="s">
         <v>11</v>
       </c>
       <c r="E370">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F370">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G370">
-        <v>53</v>
+        <v>133</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
         <v>1101</v>
       </c>
       <c r="B371" t="s">
         <v>1102</v>
       </c>
       <c r="C371" t="s">
         <v>1103</v>
       </c>
       <c r="D371" t="s">
         <v>11</v>
       </c>
       <c r="E371">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F371">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G371">
-        <v>136</v>
+        <v>53</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
         <v>1104</v>
       </c>
       <c r="B372" t="s">
         <v>1105</v>
       </c>
       <c r="C372" t="s">
         <v>1106</v>
       </c>
       <c r="D372" t="s">
         <v>11</v>
       </c>
       <c r="E372">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F372">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>4</v>
+      </c>
+      <c r="G372">
+        <v>136</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
         <v>1107</v>
       </c>
       <c r="B373" t="s">
         <v>1108</v>
       </c>
       <c r="C373" t="s">
         <v>1109</v>
       </c>
       <c r="D373" t="s">
         <v>11</v>
       </c>
       <c r="E373">
-        <v>31</v>
+        <v>2</v>
       </c>
       <c r="F373">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>257</v>
+        <v>0</v>
+      </c>
+      <c r="H373" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
         <v>1110</v>
       </c>
       <c r="B374" t="s">
         <v>1111</v>
       </c>
       <c r="C374" t="s">
         <v>1112</v>
       </c>
       <c r="D374" t="s">
         <v>11</v>
       </c>
       <c r="E374">
-        <v>63</v>
+        <v>31</v>
       </c>
       <c r="F374">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="G374">
-        <v>1020</v>
+        <v>257</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
         <v>1113</v>
       </c>
       <c r="B375" t="s">
         <v>1114</v>
       </c>
       <c r="C375" t="s">
         <v>1115</v>
       </c>
       <c r="D375" t="s">
         <v>11</v>
       </c>
       <c r="E375">
-        <v>2</v>
+        <v>63</v>
       </c>
       <c r="F375">
-        <v>2</v>
+        <v>60</v>
       </c>
       <c r="G375">
-        <v>46</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
         <v>1116</v>
       </c>
       <c r="B376" t="s">
         <v>1117</v>
       </c>
       <c r="C376" t="s">
         <v>1118</v>
       </c>
       <c r="D376" t="s">
         <v>11</v>
       </c>
       <c r="E376">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F376">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G376">
-        <v>36</v>
+        <v>46</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
         <v>1119</v>
       </c>
       <c r="B377" t="s">
         <v>1120</v>
       </c>
       <c r="C377" t="s">
         <v>1121</v>
       </c>
       <c r="D377" t="s">
         <v>11</v>
       </c>
       <c r="E377">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F377">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G377">
-        <v>145</v>
+        <v>36</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
         <v>1122</v>
       </c>
       <c r="B378" t="s">
         <v>1123</v>
       </c>
       <c r="C378" t="s">
         <v>1124</v>
       </c>
       <c r="D378" t="s">
         <v>11</v>
       </c>
       <c r="E378">
-        <v>239</v>
+        <v>2</v>
       </c>
       <c r="F378">
-        <v>220</v>
+        <v>2</v>
       </c>
       <c r="G378">
-        <v>1374</v>
+        <v>145</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
         <v>1125</v>
       </c>
       <c r="B379" t="s">
         <v>1126</v>
       </c>
       <c r="C379" t="s">
         <v>1127</v>
       </c>
       <c r="D379" t="s">
         <v>11</v>
       </c>
       <c r="E379">
-        <v>4</v>
+        <v>239</v>
       </c>
       <c r="F379">
-        <v>2</v>
+        <v>220</v>
       </c>
       <c r="G379">
-        <v>174</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
         <v>1128</v>
       </c>
       <c r="B380" t="s">
         <v>1129</v>
       </c>
       <c r="C380" t="s">
         <v>1130</v>
       </c>
       <c r="D380" t="s">
         <v>11</v>
       </c>
       <c r="E380">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F380">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G380">
-        <v>29</v>
+        <v>174</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
         <v>1131</v>
       </c>
       <c r="B381" t="s">
         <v>1132</v>
       </c>
       <c r="C381" t="s">
         <v>1133</v>
       </c>
       <c r="D381" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E381">
         <v>1</v>
       </c>
       <c r="F381">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G381">
-        <v>17</v>
+        <v>29</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
         <v>1134</v>
       </c>
       <c r="B382" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="C382" t="s">
-        <v>1135</v>
+        <v>1136</v>
+      </c>
+      <c r="D382" t="s">
+        <v>15</v>
       </c>
       <c r="E382">
-        <v>34</v>
+        <v>1</v>
       </c>
       <c r="F382">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>1</v>
+      </c>
+      <c r="G382">
+        <v>17</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="B383" t="s">
         <v>1137</v>
       </c>
       <c r="C383" t="s">
         <v>1138</v>
       </c>
-      <c r="D383" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E383">
-        <v>72</v>
+        <v>34</v>
       </c>
       <c r="F383">
         <v>0</v>
       </c>
       <c r="H383" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
         <v>1139</v>
       </c>
       <c r="B384" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="C384" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="D384" t="s">
         <v>11</v>
       </c>
       <c r="E384">
-        <v>2192</v>
+        <v>72</v>
       </c>
       <c r="F384">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>47561</v>
+        <v>0</v>
       </c>
       <c r="H384" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="B385" t="s">
         <v>1142</v>
       </c>
       <c r="C385" t="s">
         <v>1143</v>
       </c>
       <c r="D385" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E385">
-        <v>1</v>
+        <v>2192</v>
       </c>
       <c r="F385">
-        <v>0</v>
+        <v>4</v>
+      </c>
+      <c r="G385">
+        <v>47561</v>
       </c>
       <c r="H385" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
         <v>1144</v>
       </c>
       <c r="B386" t="s">
         <v>1145</v>
       </c>
       <c r="C386" t="s">
         <v>1146</v>
       </c>
       <c r="D386" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E386">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F386">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>0</v>
+      </c>
+      <c r="H386" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
         <v>1147</v>
       </c>
       <c r="B387" t="s">
         <v>1148</v>
       </c>
       <c r="C387" t="s">
         <v>1149</v>
       </c>
       <c r="D387" t="s">
-        <v>1150</v>
+        <v>11</v>
       </c>
       <c r="E387">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F387">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>2</v>
+      </c>
+      <c r="G387">
+        <v>55</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
+        <v>1150</v>
+      </c>
+      <c r="B388" t="s">
         <v>1151</v>
       </c>
-      <c r="B388" t="s">
+      <c r="C388" t="s">
         <v>1152</v>
       </c>
-      <c r="C388" t="s">
+      <c r="D388" t="s">
         <v>1153</v>
       </c>
-      <c r="D388" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E388">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F388">
         <v>0</v>
       </c>
-      <c r="G388">
-        <v>49</v>
+      <c r="H388" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
         <v>1154</v>
       </c>
       <c r="B389" t="s">
         <v>1155</v>
       </c>
       <c r="C389" t="s">
         <v>1156</v>
       </c>
       <c r="D389" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E389">
         <v>1</v>
       </c>
       <c r="F389">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G389">
-        <v>122</v>
+        <v>49</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
         <v>1157</v>
       </c>
       <c r="B390" t="s">
         <v>1158</v>
       </c>
       <c r="C390" t="s">
         <v>1159</v>
       </c>
       <c r="D390" t="s">
         <v>11</v>
       </c>
       <c r="E390">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F390">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G390">
-        <v>158</v>
+        <v>122</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
         <v>1160</v>
       </c>
       <c r="B391" t="s">
         <v>1161</v>
       </c>
       <c r="C391" t="s">
         <v>1162</v>
       </c>
       <c r="D391" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E391">
-        <v>50</v>
+        <v>3</v>
       </c>
       <c r="F391">
-        <v>0</v>
+        <v>3</v>
+      </c>
+      <c r="G391">
+        <v>158</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
         <v>1163</v>
       </c>
       <c r="B392" t="s">
         <v>1164</v>
       </c>
       <c r="C392" t="s">
         <v>1165</v>
       </c>
       <c r="D392" t="s">
         <v>15</v>
       </c>
       <c r="E392">
-        <v>4</v>
+        <v>50</v>
       </c>
       <c r="F392">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>593</v>
+        <v>0</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
         <v>1166</v>
       </c>
       <c r="B393" t="s">
         <v>1167</v>
       </c>
       <c r="C393" t="s">
         <v>1168</v>
       </c>
       <c r="D393" t="s">
         <v>15</v>
       </c>
       <c r="E393">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F393">
-        <v>0</v>
+        <v>4</v>
+      </c>
+      <c r="G393">
+        <v>593</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
         <v>1169</v>
       </c>
       <c r="B394" t="s">
         <v>1170</v>
       </c>
       <c r="C394" t="s">
         <v>1171</v>
       </c>
       <c r="D394" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E394">
         <v>1</v>
       </c>
       <c r="F394">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>0</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
         <v>1172</v>
       </c>
       <c r="B395" t="s">
         <v>1173</v>
       </c>
       <c r="C395" t="s">
         <v>1174</v>
       </c>
       <c r="D395" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E395">
         <v>1</v>
       </c>
       <c r="F395">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G395">
-        <v>1293</v>
+        <v>13</v>
+      </c>
+      <c r="H395" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
         <v>1175</v>
       </c>
       <c r="B396" t="s">
         <v>1176</v>
       </c>
       <c r="C396" t="s">
         <v>1177</v>
       </c>
       <c r="D396" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E396">
-        <v>2617</v>
+        <v>1</v>
       </c>
       <c r="F396">
         <v>0</v>
+      </c>
+      <c r="G396">
+        <v>1293</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
         <v>1178</v>
       </c>
       <c r="B397" t="s">
         <v>1179</v>
       </c>
       <c r="C397" t="s">
         <v>1180</v>
       </c>
       <c r="D397" t="s">
         <v>11</v>
       </c>
       <c r="E397">
-        <v>68</v>
+        <v>2621</v>
       </c>
       <c r="F397">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>847</v>
+        <v>0</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
         <v>1181</v>
       </c>
       <c r="B398" t="s">
         <v>1182</v>
       </c>
       <c r="C398" t="s">
         <v>1183</v>
       </c>
       <c r="D398" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E398">
-        <v>4</v>
+        <v>68</v>
       </c>
       <c r="F398">
-        <v>0</v>
+        <v>65</v>
+      </c>
+      <c r="G398">
+        <v>850</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
         <v>1184</v>
       </c>
       <c r="B399" t="s">
         <v>1185</v>
       </c>
       <c r="C399" t="s">
         <v>1186</v>
       </c>
       <c r="D399" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E399">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F399">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>0</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
         <v>1187</v>
       </c>
       <c r="B400" t="s">
         <v>1188</v>
       </c>
       <c r="C400" t="s">
         <v>1189</v>
       </c>
       <c r="D400" t="s">
         <v>11</v>
       </c>
       <c r="E400">
         <v>1</v>
       </c>
       <c r="F400">
         <v>1</v>
       </c>
       <c r="G400">
-        <v>21</v>
+        <v>7</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
         <v>1190</v>
       </c>
       <c r="B401" t="s">
         <v>1191</v>
       </c>
       <c r="C401" t="s">
         <v>1192</v>
       </c>
       <c r="D401" t="s">
         <v>11</v>
       </c>
       <c r="E401">
         <v>1</v>
       </c>
       <c r="F401">
         <v>1</v>
       </c>
       <c r="G401">
-        <v>31</v>
+        <v>21</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
         <v>1193</v>
       </c>
       <c r="B402" t="s">
         <v>1194</v>
       </c>
       <c r="C402" t="s">
         <v>1195</v>
       </c>
       <c r="D402" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E402">
         <v>1</v>
       </c>
       <c r="F402">
         <v>1</v>
       </c>
       <c r="G402">
-        <v>143</v>
+        <v>31</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
         <v>1196</v>
       </c>
       <c r="B403" t="s">
         <v>1197</v>
       </c>
       <c r="C403" t="s">
         <v>1198</v>
       </c>
       <c r="D403" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E403">
         <v>1</v>
       </c>
       <c r="F403">
         <v>1</v>
       </c>
       <c r="G403">
-        <v>33</v>
+        <v>143</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
         <v>1199</v>
       </c>
       <c r="B404" t="s">
         <v>1200</v>
       </c>
       <c r="C404" t="s">
         <v>1201</v>
       </c>
       <c r="D404" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E404">
         <v>1</v>
       </c>
       <c r="F404">
         <v>1</v>
       </c>
       <c r="G404">
-        <v>86</v>
+        <v>33</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
         <v>1202</v>
       </c>
       <c r="B405" t="s">
         <v>1203</v>
       </c>
       <c r="C405" t="s">
         <v>1204</v>
       </c>
       <c r="D405" t="s">
         <v>15</v>
       </c>
       <c r="E405">
-        <v>140</v>
+        <v>1</v>
       </c>
       <c r="F405">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G405">
+        <v>86</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
         <v>1205</v>
       </c>
       <c r="B406" t="s">
         <v>1206</v>
       </c>
       <c r="C406" t="s">
         <v>1207</v>
       </c>
       <c r="D406" t="s">
         <v>15</v>
       </c>
       <c r="E406">
-        <v>1</v>
+        <v>140</v>
       </c>
       <c r="F406">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>0</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
         <v>1208</v>
       </c>
       <c r="B407" t="s">
         <v>1209</v>
       </c>
       <c r="C407" t="s">
         <v>1210</v>
       </c>
       <c r="D407" t="s">
         <v>15</v>
       </c>
       <c r="E407">
         <v>1</v>
       </c>
       <c r="F407">
         <v>1</v>
       </c>
       <c r="G407">
-        <v>61</v>
+        <v>55</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
         <v>1211</v>
       </c>
       <c r="B408" t="s">
         <v>1212</v>
       </c>
       <c r="C408" t="s">
         <v>1213</v>
       </c>
       <c r="D408" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E408">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="F408">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="G408">
-        <v>134</v>
+        <v>61</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
         <v>1214</v>
       </c>
       <c r="B409" t="s">
         <v>1215</v>
       </c>
       <c r="C409" t="s">
         <v>1216</v>
       </c>
       <c r="D409" t="s">
         <v>11</v>
       </c>
       <c r="E409">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="F409">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G409">
-        <v>687</v>
+        <v>134</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
         <v>1217</v>
       </c>
       <c r="B410" t="s">
         <v>1218</v>
       </c>
       <c r="C410" t="s">
         <v>1219</v>
       </c>
       <c r="D410" t="s">
         <v>11</v>
       </c>
       <c r="E410">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="F410">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="G410">
-        <v>41</v>
+        <v>687</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
         <v>1220</v>
       </c>
       <c r="B411" t="s">
         <v>1221</v>
       </c>
       <c r="C411" t="s">
         <v>1222</v>
       </c>
       <c r="D411" t="s">
         <v>11</v>
       </c>
       <c r="E411">
         <v>3</v>
       </c>
       <c r="F411">
         <v>3</v>
       </c>
       <c r="G411">
-        <v>234</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>41</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
         <v>1223</v>
       </c>
       <c r="B412" t="s">
         <v>1224</v>
       </c>
       <c r="C412" t="s">
         <v>1225</v>
       </c>
       <c r="D412" t="s">
         <v>11</v>
       </c>
       <c r="E412">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F412">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G412">
-        <v>6</v>
+        <v>234</v>
+      </c>
+      <c r="H412" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
         <v>1226</v>
       </c>
       <c r="B413" t="s">
         <v>1227</v>
       </c>
       <c r="C413" t="s">
         <v>1228</v>
       </c>
       <c r="D413" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E413">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F413">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G413">
-        <v>957</v>
+        <v>6</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
         <v>1229</v>
       </c>
       <c r="B414" t="s">
         <v>1230</v>
       </c>
       <c r="C414" t="s">
         <v>1231</v>
       </c>
       <c r="D414" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E414">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="F414">
-        <v>26</v>
+        <v>4</v>
       </c>
       <c r="G414">
-        <v>1791</v>
+        <v>957</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
         <v>1232</v>
       </c>
       <c r="B415" t="s">
         <v>1233</v>
       </c>
       <c r="C415" t="s">
         <v>1234</v>
       </c>
       <c r="D415" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E415">
-        <v>127</v>
+        <v>27</v>
       </c>
       <c r="F415">
-        <v>0</v>
+        <v>26</v>
+      </c>
+      <c r="G415">
+        <v>1791</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
         <v>1235</v>
       </c>
       <c r="B416" t="s">
         <v>1236</v>
       </c>
       <c r="C416" t="s">
         <v>1237</v>
       </c>
       <c r="D416" t="s">
         <v>15</v>
       </c>
       <c r="E416">
-        <v>21</v>
+        <v>127</v>
       </c>
       <c r="F416">
         <v>0</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
         <v>1238</v>
       </c>
       <c r="B417" t="s">
         <v>1239</v>
       </c>
       <c r="C417" t="s">
         <v>1240</v>
       </c>
       <c r="D417" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E417">
-        <v>1</v>
+        <v>21</v>
       </c>
       <c r="F417">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>0</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
         <v>1241</v>
       </c>
       <c r="B418" t="s">
         <v>1242</v>
       </c>
       <c r="C418" t="s">
         <v>1243</v>
       </c>
       <c r="D418" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E418">
         <v>1</v>
       </c>
       <c r="F418">
         <v>1</v>
       </c>
       <c r="G418">
-        <v>17</v>
+        <v>43</v>
+      </c>
+      <c r="H418" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
         <v>1244</v>
       </c>
       <c r="B419" t="s">
         <v>1245</v>
       </c>
       <c r="C419" t="s">
         <v>1246</v>
       </c>
       <c r="D419" t="s">
         <v>15</v>
       </c>
       <c r="E419">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F419">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G419">
-        <v>55</v>
+        <v>17</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
         <v>1247</v>
       </c>
       <c r="B420" t="s">
         <v>1248</v>
       </c>
       <c r="C420" t="s">
         <v>1249</v>
       </c>
       <c r="D420" t="s">
         <v>15</v>
       </c>
       <c r="E420">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F420">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G420">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>55</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
         <v>1250</v>
       </c>
       <c r="B421" t="s">
-        <v>1250</v>
+        <v>1251</v>
       </c>
       <c r="C421" t="s">
-        <v>1251</v>
+        <v>1252</v>
+      </c>
+      <c r="D421" t="s">
+        <v>15</v>
       </c>
       <c r="E421">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F421">
-        <v>0</v>
+        <v>5</v>
+      </c>
+      <c r="G421">
+        <v>68</v>
       </c>
       <c r="H421" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="B422" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="C422" t="s">
-        <v>1254</v>
+        <v>1255</v>
+      </c>
+      <c r="D422" t="s">
+        <v>11</v>
       </c>
       <c r="E422">
-        <v>110</v>
+        <v>1</v>
       </c>
       <c r="F422">
         <v>0</v>
       </c>
-      <c r="H422" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
-        <v>1255</v>
+        <v>1256</v>
       </c>
       <c r="B423" t="s">
         <v>1256</v>
       </c>
       <c r="C423" t="s">
         <v>1257</v>
       </c>
-      <c r="D423" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E423">
-        <v>75</v>
+        <v>10</v>
       </c>
       <c r="F423">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>216</v>
+        <v>0</v>
+      </c>
+      <c r="H423" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
         <v>1258</v>
       </c>
       <c r="B424" t="s">
         <v>1259</v>
       </c>
       <c r="C424" t="s">
         <v>1260</v>
       </c>
-      <c r="D424" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E424">
-        <v>22</v>
+        <v>110</v>
       </c>
       <c r="F424">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="H424" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
         <v>1261</v>
       </c>
       <c r="B425" t="s">
         <v>1262</v>
       </c>
       <c r="C425" t="s">
         <v>1263</v>
       </c>
       <c r="D425" t="s">
         <v>15</v>
       </c>
       <c r="E425">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="F425">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>53</v>
+      </c>
+      <c r="G425">
+        <v>216</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
         <v>1264</v>
       </c>
       <c r="B426" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="C426" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="D426" t="s">
         <v>15</v>
       </c>
       <c r="E426">
-        <v>1851</v>
+        <v>22</v>
       </c>
       <c r="F426">
-        <v>1051</v>
+        <v>0</v>
       </c>
       <c r="G426">
-        <v>22933</v>
+        <v>13</v>
+      </c>
+      <c r="H426" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="B427" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="C427" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
       <c r="D427" t="s">
         <v>15</v>
       </c>
       <c r="E427">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="F427">
         <v>0</v>
       </c>
+      <c r="H427" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="B428" t="s">
         <v>1270</v>
       </c>
       <c r="C428" t="s">
         <v>1271</v>
       </c>
       <c r="D428" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E428">
-        <v>6</v>
+        <v>1851</v>
       </c>
       <c r="F428">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>1051</v>
+      </c>
+      <c r="G428">
+        <v>22933</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
         <v>1272</v>
       </c>
       <c r="B429" t="s">
         <v>1273</v>
       </c>
       <c r="C429" t="s">
         <v>1274</v>
       </c>
       <c r="D429" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E429">
-        <v>3</v>
+        <v>28</v>
       </c>
       <c r="F429">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
         <v>1275</v>
       </c>
       <c r="B430" t="s">
         <v>1276</v>
       </c>
       <c r="C430" t="s">
         <v>1277</v>
       </c>
       <c r="D430" t="s">
         <v>47</v>
       </c>
       <c r="E430">
-        <v>174</v>
+        <v>6</v>
       </c>
       <c r="F430">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>3733</v>
+        <v>0</v>
       </c>
       <c r="H430" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
         <v>1278</v>
       </c>
       <c r="B431" t="s">
         <v>1279</v>
       </c>
       <c r="C431" t="s">
         <v>1280</v>
       </c>
       <c r="D431" t="s">
         <v>47</v>
       </c>
       <c r="E431">
-        <v>379</v>
+        <v>3</v>
       </c>
       <c r="F431">
-        <v>379</v>
-[...2 lines deleted...]
-        <v>14713</v>
+        <v>0</v>
       </c>
       <c r="H431" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
         <v>1281</v>
       </c>
       <c r="B432" t="s">
         <v>1282</v>
       </c>
       <c r="C432" t="s">
         <v>1283</v>
       </c>
       <c r="D432" t="s">
         <v>47</v>
       </c>
       <c r="E432">
-        <v>385</v>
+        <v>174</v>
       </c>
       <c r="F432">
-        <v>385</v>
+        <v>172</v>
       </c>
       <c r="G432">
-        <v>14770</v>
+        <v>3733</v>
       </c>
       <c r="H432" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
         <v>1284</v>
       </c>
       <c r="B433" t="s">
         <v>1285</v>
       </c>
       <c r="C433" t="s">
         <v>1286</v>
       </c>
       <c r="D433" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
       <c r="E433">
-        <v>37</v>
+        <v>379</v>
       </c>
       <c r="F433">
-        <v>0</v>
+        <v>379</v>
+      </c>
+      <c r="G433">
+        <v>14713</v>
+      </c>
+      <c r="H433" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
         <v>1287</v>
       </c>
       <c r="B434" t="s">
         <v>1288</v>
       </c>
       <c r="C434" t="s">
         <v>1289</v>
       </c>
       <c r="D434" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E434">
-        <v>1</v>
+        <v>385</v>
       </c>
       <c r="F434">
-        <v>0</v>
+        <v>385</v>
       </c>
       <c r="G434">
-        <v>235</v>
+        <v>14770</v>
+      </c>
+      <c r="H434" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
         <v>1290</v>
       </c>
       <c r="B435" t="s">
         <v>1291</v>
       </c>
       <c r="C435" t="s">
         <v>1292</v>
       </c>
       <c r="D435" t="s">
         <v>15</v>
       </c>
       <c r="E435">
-        <v>1</v>
+        <v>37</v>
       </c>
       <c r="F435">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>186</v>
+        <v>0</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
         <v>1293</v>
       </c>
       <c r="B436" t="s">
         <v>1294</v>
       </c>
       <c r="C436" t="s">
         <v>1295</v>
       </c>
       <c r="D436" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E436">
         <v>1</v>
       </c>
       <c r="F436">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G436">
-        <v>44</v>
+        <v>235</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
         <v>1296</v>
       </c>
       <c r="B437" t="s">
         <v>1297</v>
       </c>
       <c r="C437" t="s">
         <v>1298</v>
       </c>
       <c r="D437" t="s">
         <v>15</v>
       </c>
       <c r="E437">
         <v>1</v>
       </c>
       <c r="F437">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G437">
-        <v>57</v>
+        <v>186</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
         <v>1299</v>
       </c>
       <c r="B438" t="s">
         <v>1300</v>
       </c>
       <c r="C438" t="s">
         <v>1301</v>
       </c>
       <c r="D438" t="s">
         <v>15</v>
       </c>
       <c r="E438">
         <v>1</v>
       </c>
       <c r="F438">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G438">
-        <v>288</v>
+        <v>44</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
         <v>1302</v>
       </c>
       <c r="B439" t="s">
         <v>1303</v>
       </c>
       <c r="C439" t="s">
         <v>1304</v>
       </c>
       <c r="D439" t="s">
         <v>15</v>
       </c>
       <c r="E439">
         <v>1</v>
       </c>
       <c r="F439">
         <v>0</v>
       </c>
       <c r="G439">
-        <v>200</v>
+        <v>57</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
         <v>1305</v>
       </c>
       <c r="B440" t="s">
         <v>1306</v>
       </c>
       <c r="C440" t="s">
         <v>1307</v>
       </c>
       <c r="D440" t="s">
         <v>15</v>
       </c>
       <c r="E440">
         <v>1</v>
       </c>
       <c r="F440">
         <v>0</v>
       </c>
+      <c r="G440">
+        <v>288</v>
+      </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
         <v>1308</v>
       </c>
       <c r="B441" t="s">
         <v>1309</v>
       </c>
       <c r="C441" t="s">
         <v>1310</v>
       </c>
       <c r="D441" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E441">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="F441">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G441">
-        <v>1151</v>
+        <v>200</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
         <v>1311</v>
       </c>
       <c r="B442" t="s">
         <v>1312</v>
       </c>
       <c r="C442" t="s">
         <v>1313</v>
       </c>
       <c r="D442" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E442">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F442">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>0</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
         <v>1314</v>
       </c>
       <c r="B443" t="s">
         <v>1315</v>
       </c>
       <c r="C443" t="s">
         <v>1316</v>
       </c>
       <c r="D443" t="s">
         <v>11</v>
       </c>
       <c r="E443">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="F443">
-        <v>0</v>
+        <v>23</v>
       </c>
       <c r="G443">
-        <v>32</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
         <v>1317</v>
       </c>
       <c r="B444" t="s">
         <v>1318</v>
       </c>
       <c r="C444" t="s">
         <v>1319</v>
       </c>
       <c r="D444" t="s">
         <v>11</v>
       </c>
       <c r="E444">
-        <v>62</v>
+        <v>2</v>
       </c>
       <c r="F444">
-        <v>56</v>
+        <v>2</v>
       </c>
       <c r="G444">
-        <v>543</v>
+        <v>44</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
         <v>1320</v>
       </c>
       <c r="B445" t="s">
         <v>1321</v>
       </c>
       <c r="C445" t="s">
         <v>1322</v>
       </c>
       <c r="D445" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E445">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F445">
         <v>0</v>
       </c>
-      <c r="H445" t="s">
-        <v>28</v>
+      <c r="G445">
+        <v>32</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
         <v>1323</v>
       </c>
       <c r="B446" t="s">
         <v>1324</v>
       </c>
       <c r="C446" t="s">
         <v>1325</v>
       </c>
       <c r="D446" t="s">
         <v>11</v>
       </c>
       <c r="E446">
-        <v>4</v>
+        <v>62</v>
       </c>
       <c r="F446">
-        <v>1</v>
+        <v>56</v>
       </c>
       <c r="G446">
-        <v>17</v>
+        <v>543</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
         <v>1326</v>
       </c>
       <c r="B447" t="s">
         <v>1327</v>
       </c>
       <c r="C447" t="s">
         <v>1328</v>
       </c>
       <c r="D447" t="s">
         <v>15</v>
       </c>
       <c r="E447">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F447">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>0</v>
+      </c>
+      <c r="H447" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
         <v>1329</v>
       </c>
       <c r="B448" t="s">
         <v>1330</v>
       </c>
       <c r="C448" t="s">
         <v>1331</v>
       </c>
       <c r="D448" t="s">
         <v>11</v>
       </c>
       <c r="E448">
-        <v>51</v>
+        <v>4</v>
       </c>
       <c r="F448">
-        <v>46</v>
+        <v>1</v>
       </c>
       <c r="G448">
-        <v>439</v>
+        <v>17</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
         <v>1332</v>
       </c>
       <c r="B449" t="s">
         <v>1333</v>
       </c>
       <c r="C449" t="s">
         <v>1334</v>
       </c>
       <c r="D449" t="s">
-        <v>1335</v>
+        <v>15</v>
       </c>
       <c r="E449">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F449">
-        <v>0</v>
+        <v>3</v>
+      </c>
+      <c r="G449">
+        <v>15</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
+        <v>1335</v>
+      </c>
+      <c r="B450" t="s">
         <v>1336</v>
       </c>
-      <c r="B450" t="s">
+      <c r="C450" t="s">
         <v>1337</v>
       </c>
-      <c r="C450" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D450" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E450">
-        <v>10</v>
+        <v>51</v>
       </c>
       <c r="F450">
-        <v>0</v>
+        <v>46</v>
+      </c>
+      <c r="G450">
+        <v>439</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B451" t="s">
         <v>1339</v>
       </c>
-      <c r="B451" t="s">
+      <c r="C451" t="s">
         <v>1340</v>
       </c>
-      <c r="C451" t="s">
+      <c r="D451" t="s">
         <v>1341</v>
       </c>
       <c r="E451">
-        <v>325</v>
+        <v>1</v>
       </c>
       <c r="F451">
         <v>0</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
         <v>1342</v>
       </c>
       <c r="B452" t="s">
         <v>1343</v>
       </c>
       <c r="C452" t="s">
         <v>1344</v>
       </c>
       <c r="D452" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E452">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="F452">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>255</v>
+        <v>0</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
         <v>1345</v>
       </c>
       <c r="B453" t="s">
         <v>1346</v>
       </c>
       <c r="C453" t="s">
         <v>1347</v>
       </c>
-      <c r="D453" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E453">
-        <v>1</v>
+        <v>325</v>
       </c>
       <c r="F453">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>0</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
         <v>1348</v>
       </c>
       <c r="B454" t="s">
         <v>1349</v>
       </c>
       <c r="C454" t="s">
         <v>1350</v>
       </c>
       <c r="D454" t="s">
         <v>11</v>
       </c>
       <c r="E454">
         <v>1</v>
       </c>
       <c r="F454">
         <v>1</v>
       </c>
       <c r="G454">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>255</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
         <v>1351</v>
       </c>
       <c r="B455" t="s">
         <v>1352</v>
       </c>
       <c r="C455" t="s">
         <v>1353</v>
       </c>
       <c r="D455" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E455">
         <v>1</v>
       </c>
       <c r="F455">
         <v>1</v>
       </c>
       <c r="G455">
-        <v>16</v>
+        <v>36</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
         <v>1354</v>
       </c>
       <c r="B456" t="s">
         <v>1355</v>
       </c>
       <c r="C456" t="s">
         <v>1356</v>
       </c>
       <c r="D456" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E456">
         <v>1</v>
       </c>
       <c r="F456">
         <v>1</v>
       </c>
       <c r="G456">
-        <v>14</v>
+        <v>16</v>
+      </c>
+      <c r="H456" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
         <v>1357</v>
       </c>
       <c r="B457" t="s">
         <v>1358</v>
       </c>
       <c r="C457" t="s">
         <v>1359</v>
       </c>
       <c r="D457" t="s">
         <v>15</v>
       </c>
       <c r="E457">
         <v>1</v>
       </c>
       <c r="F457">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G457">
+        <v>16</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
         <v>1360</v>
       </c>
       <c r="B458" t="s">
         <v>1361</v>
       </c>
       <c r="C458" t="s">
         <v>1362</v>
       </c>
       <c r="D458" t="s">
         <v>15</v>
       </c>
       <c r="E458">
         <v>1</v>
       </c>
       <c r="F458">
         <v>1</v>
       </c>
       <c r="G458">
-        <v>1</v>
+        <v>14</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
         <v>1363</v>
       </c>
       <c r="B459" t="s">
         <v>1364</v>
       </c>
       <c r="C459" t="s">
         <v>1365</v>
       </c>
       <c r="D459" t="s">
         <v>15</v>
       </c>
       <c r="E459">
         <v>1</v>
       </c>
       <c r="F459">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>0</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
         <v>1366</v>
       </c>
       <c r="B460" t="s">
         <v>1367</v>
       </c>
       <c r="C460" t="s">
         <v>1368</v>
       </c>
       <c r="D460" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E460">
         <v>1</v>
       </c>
       <c r="F460">
         <v>1</v>
       </c>
       <c r="G460">
-        <v>57</v>
+        <v>1</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
         <v>1369</v>
       </c>
       <c r="B461" t="s">
         <v>1370</v>
       </c>
       <c r="C461" t="s">
         <v>1371</v>
       </c>
       <c r="D461" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E461">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F461">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G461">
-        <v>480</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>142</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
         <v>1372</v>
       </c>
       <c r="B462" t="s">
         <v>1373</v>
       </c>
       <c r="C462" t="s">
         <v>1374</v>
       </c>
       <c r="D462" t="s">
         <v>11</v>
       </c>
       <c r="E462">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F462">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G462">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>57</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
         <v>1375</v>
       </c>
       <c r="B463" t="s">
         <v>1376</v>
       </c>
       <c r="C463" t="s">
         <v>1377</v>
       </c>
       <c r="D463" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E463">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F463">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G463">
-        <v>8</v>
+        <v>480</v>
+      </c>
+      <c r="H463" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
         <v>1378</v>
       </c>
       <c r="B464" t="s">
         <v>1379</v>
       </c>
       <c r="C464" t="s">
         <v>1380</v>
       </c>
       <c r="D464" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E464">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F464">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G464">
-        <v>140</v>
+        <v>117</v>
+      </c>
+      <c r="H464" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
         <v>1381</v>
       </c>
       <c r="B465" t="s">
         <v>1382</v>
       </c>
       <c r="C465" t="s">
         <v>1383</v>
       </c>
       <c r="D465" t="s">
         <v>15</v>
       </c>
       <c r="E465">
         <v>1</v>
       </c>
       <c r="F465">
         <v>1</v>
       </c>
       <c r="G465">
-        <v>13</v>
+        <v>8</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
         <v>1384</v>
       </c>
       <c r="B466" t="s">
         <v>1385</v>
       </c>
       <c r="C466" t="s">
         <v>1386</v>
       </c>
       <c r="D466" t="s">
         <v>15</v>
       </c>
       <c r="E466">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F466">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G466">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
         <v>1387</v>
       </c>
       <c r="B467" t="s">
         <v>1388</v>
       </c>
       <c r="C467" t="s">
         <v>1389</v>
       </c>
       <c r="D467" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E467">
         <v>1</v>
       </c>
       <c r="F467">
         <v>1</v>
       </c>
       <c r="G467">
-        <v>140</v>
+        <v>13</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
         <v>1390</v>
       </c>
       <c r="B468" t="s">
         <v>1391</v>
       </c>
       <c r="C468" t="s">
         <v>1392</v>
       </c>
       <c r="D468" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E468">
         <v>1</v>
       </c>
       <c r="F468">
         <v>1</v>
       </c>
       <c r="G468">
-        <v>241</v>
+        <v>170</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
         <v>1393</v>
       </c>
       <c r="B469" t="s">
         <v>1394</v>
       </c>
       <c r="C469" t="s">
         <v>1395</v>
       </c>
       <c r="D469" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E469">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F469">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="G469">
-        <v>35</v>
+        <v>140</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
         <v>1396</v>
       </c>
       <c r="B470" t="s">
         <v>1397</v>
       </c>
       <c r="C470" t="s">
         <v>1398</v>
       </c>
       <c r="D470" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E470">
         <v>1</v>
       </c>
       <c r="F470">
         <v>1</v>
       </c>
       <c r="G470">
-        <v>3420</v>
+        <v>241</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
         <v>1399</v>
       </c>
       <c r="B471" t="s">
         <v>1400</v>
       </c>
       <c r="C471" t="s">
         <v>1401</v>
       </c>
       <c r="D471" t="s">
         <v>15</v>
       </c>
       <c r="E471">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="F471">
-        <v>0</v>
+        <v>11</v>
+      </c>
+      <c r="G471">
+        <v>35</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
         <v>1402</v>
       </c>
       <c r="B472" t="s">
         <v>1403</v>
       </c>
       <c r="C472" t="s">
         <v>1404</v>
       </c>
       <c r="D472" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E472">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F472">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G472">
-        <v>428</v>
+        <v>3420</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
         <v>1405</v>
       </c>
       <c r="B473" t="s">
         <v>1406</v>
       </c>
       <c r="C473" t="s">
         <v>1407</v>
       </c>
       <c r="D473" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E473">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F473">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>30</v>
+        <v>0</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
         <v>1408</v>
       </c>
       <c r="B474" t="s">
         <v>1409</v>
       </c>
       <c r="C474" t="s">
         <v>1410</v>
       </c>
       <c r="D474" t="s">
         <v>11</v>
       </c>
       <c r="E474">
-        <v>45</v>
+        <v>3</v>
       </c>
       <c r="F474">
-        <v>45</v>
+        <v>3</v>
       </c>
       <c r="G474">
-        <v>9328</v>
+        <v>428</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
         <v>1411</v>
       </c>
       <c r="B475" t="s">
         <v>1412</v>
       </c>
       <c r="C475" t="s">
         <v>1413</v>
       </c>
       <c r="D475" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E475">
-        <v>45</v>
+        <v>1</v>
       </c>
       <c r="F475">
-        <v>45</v>
+        <v>1</v>
+      </c>
+      <c r="G475">
+        <v>30</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
         <v>1414</v>
       </c>
       <c r="B476" t="s">
         <v>1415</v>
       </c>
       <c r="C476" t="s">
         <v>1416</v>
       </c>
       <c r="D476" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E476">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="F476">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="G476">
-        <v>15</v>
+        <v>9328</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
         <v>1417</v>
       </c>
       <c r="B477" t="s">
         <v>1418</v>
       </c>
       <c r="C477" t="s">
         <v>1419</v>
       </c>
       <c r="D477" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E477">
-        <v>1</v>
+        <v>45</v>
       </c>
       <c r="F477">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>201</v>
+        <v>45</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
         <v>1420</v>
       </c>
       <c r="B478" t="s">
         <v>1421</v>
       </c>
       <c r="C478" t="s">
         <v>1422</v>
       </c>
       <c r="D478" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E478">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="F478">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="G478">
-        <v>125</v>
+        <v>15</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
         <v>1423</v>
       </c>
       <c r="B479" t="s">
         <v>1424</v>
       </c>
       <c r="C479" t="s">
         <v>1425</v>
       </c>
+      <c r="D479" t="s">
+        <v>11</v>
+      </c>
       <c r="E479">
         <v>1</v>
       </c>
       <c r="F479">
         <v>1</v>
       </c>
       <c r="G479">
-        <v>17</v>
+        <v>201</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
         <v>1426</v>
       </c>
       <c r="B480" t="s">
         <v>1427</v>
       </c>
       <c r="C480" t="s">
         <v>1428</v>
       </c>
       <c r="D480" t="s">
         <v>11</v>
       </c>
       <c r="E480">
         <v>1</v>
       </c>
       <c r="F480">
         <v>1</v>
       </c>
       <c r="G480">
-        <v>17</v>
+        <v>125</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
         <v>1429</v>
       </c>
       <c r="B481" t="s">
         <v>1430</v>
       </c>
       <c r="C481" t="s">
         <v>1431</v>
       </c>
-      <c r="D481" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E481">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F481">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G481">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
         <v>1432</v>
       </c>
       <c r="B482" t="s">
         <v>1433</v>
       </c>
       <c r="C482" t="s">
         <v>1434</v>
       </c>
       <c r="D482" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E482">
-        <v>103</v>
+        <v>1</v>
       </c>
       <c r="F482">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>1</v>
+      </c>
+      <c r="G482">
+        <v>17</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
         <v>1435</v>
       </c>
       <c r="B483" t="s">
         <v>1436</v>
       </c>
       <c r="C483" t="s">
         <v>1437</v>
       </c>
       <c r="D483" t="s">
         <v>15</v>
       </c>
       <c r="E483">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F483">
-        <v>0</v>
+        <v>3</v>
+      </c>
+      <c r="G483">
+        <v>10</v>
+      </c>
+      <c r="H483" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
         <v>1438</v>
       </c>
       <c r="B484" t="s">
         <v>1439</v>
       </c>
       <c r="C484" t="s">
         <v>1440</v>
       </c>
       <c r="D484" t="s">
         <v>15</v>
       </c>
       <c r="E484">
-        <v>5</v>
+        <v>103</v>
       </c>
       <c r="F484">
         <v>0</v>
       </c>
       <c r="H484" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
         <v>1441</v>
       </c>
       <c r="B485" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="C485" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="D485" t="s">
-        <v>895</v>
+        <v>15</v>
       </c>
       <c r="E485">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F485">
         <v>0</v>
       </c>
-      <c r="H485" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="B486" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="C486" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="D486" t="s">
         <v>15</v>
       </c>
       <c r="E486">
-        <v>111</v>
+        <v>5</v>
       </c>
       <c r="F486">
         <v>0</v>
       </c>
+      <c r="H486" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="B487" t="s">
         <v>1447</v>
       </c>
       <c r="C487" t="s">
         <v>1448</v>
       </c>
       <c r="D487" t="s">
-        <v>895</v>
+        <v>898</v>
       </c>
       <c r="E487">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F487">
         <v>0</v>
       </c>
       <c r="H487" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
         <v>1449</v>
       </c>
       <c r="B488" t="s">
         <v>1450</v>
       </c>
       <c r="C488" t="s">
         <v>1451</v>
       </c>
       <c r="D488" t="s">
         <v>15</v>
       </c>
       <c r="E488">
-        <v>1</v>
+        <v>111</v>
       </c>
       <c r="F488">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>0</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
         <v>1452</v>
       </c>
       <c r="B489" t="s">
         <v>1453</v>
       </c>
       <c r="C489" t="s">
         <v>1454</v>
       </c>
       <c r="D489" t="s">
-        <v>650</v>
+        <v>898</v>
       </c>
       <c r="E489">
-        <v>385</v>
+        <v>1</v>
       </c>
       <c r="F489">
         <v>0</v>
       </c>
       <c r="H489" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="492" spans="1:8">
-      <c r="A492" t="s">
+    <row r="490" spans="1:8">
+      <c r="A490" t="s">
         <v>1455</v>
+      </c>
+      <c r="B490" t="s">
+        <v>1456</v>
+      </c>
+      <c r="C490" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D490" t="s">
+        <v>15</v>
+      </c>
+      <c r="E490">
+        <v>1</v>
+      </c>
+      <c r="F490">
+        <v>1</v>
+      </c>
+      <c r="G490">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="491" spans="1:8">
+      <c r="A491" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B491" t="s">
+        <v>1459</v>
+      </c>
+      <c r="C491" t="s">
+        <v>1460</v>
+      </c>
+      <c r="D491" t="s">
+        <v>653</v>
+      </c>
+      <c r="E491">
+        <v>385</v>
+      </c>
+      <c r="F491">
+        <v>0</v>
+      </c>
+      <c r="H491" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="494" spans="1:8">
+      <c r="A494" t="s">
+        <v>1461</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="H7" r:id="rId_hyperlink_1"/>
     <hyperlink ref="H12" r:id="rId_hyperlink_2"/>
     <hyperlink ref="H13" r:id="rId_hyperlink_3"/>
     <hyperlink ref="H14" r:id="rId_hyperlink_4"/>
     <hyperlink ref="H20" r:id="rId_hyperlink_5"/>
     <hyperlink ref="H35" r:id="rId_hyperlink_6"/>
     <hyperlink ref="H36" r:id="rId_hyperlink_7"/>
     <hyperlink ref="H38" r:id="rId_hyperlink_8"/>
     <hyperlink ref="H41" r:id="rId_hyperlink_9"/>
-    <hyperlink ref="H59" r:id="rId_hyperlink_10"/>
-[...83 lines deleted...]
-    <hyperlink ref="A492" r:id="rId_hyperlink_94"/>
+    <hyperlink ref="H60" r:id="rId_hyperlink_10"/>
+    <hyperlink ref="H62" r:id="rId_hyperlink_11"/>
+    <hyperlink ref="H68" r:id="rId_hyperlink_12"/>
+    <hyperlink ref="H69" r:id="rId_hyperlink_13"/>
+    <hyperlink ref="H70" r:id="rId_hyperlink_14"/>
+    <hyperlink ref="H74" r:id="rId_hyperlink_15"/>
+    <hyperlink ref="H84" r:id="rId_hyperlink_16"/>
+    <hyperlink ref="H85" r:id="rId_hyperlink_17"/>
+    <hyperlink ref="H86" r:id="rId_hyperlink_18"/>
+    <hyperlink ref="H124" r:id="rId_hyperlink_19"/>
+    <hyperlink ref="H152" r:id="rId_hyperlink_20"/>
+    <hyperlink ref="H153" r:id="rId_hyperlink_21"/>
+    <hyperlink ref="H160" r:id="rId_hyperlink_22"/>
+    <hyperlink ref="H163" r:id="rId_hyperlink_23"/>
+    <hyperlink ref="H171" r:id="rId_hyperlink_24"/>
+    <hyperlink ref="H178" r:id="rId_hyperlink_25"/>
+    <hyperlink ref="H179" r:id="rId_hyperlink_26"/>
+    <hyperlink ref="H188" r:id="rId_hyperlink_27"/>
+    <hyperlink ref="H193" r:id="rId_hyperlink_28"/>
+    <hyperlink ref="H194" r:id="rId_hyperlink_29"/>
+    <hyperlink ref="H200" r:id="rId_hyperlink_30"/>
+    <hyperlink ref="H207" r:id="rId_hyperlink_31"/>
+    <hyperlink ref="H212" r:id="rId_hyperlink_32"/>
+    <hyperlink ref="H217" r:id="rId_hyperlink_33"/>
+    <hyperlink ref="H222" r:id="rId_hyperlink_34"/>
+    <hyperlink ref="H223" r:id="rId_hyperlink_35"/>
+    <hyperlink ref="H224" r:id="rId_hyperlink_36"/>
+    <hyperlink ref="H225" r:id="rId_hyperlink_37"/>
+    <hyperlink ref="H229" r:id="rId_hyperlink_38"/>
+    <hyperlink ref="H238" r:id="rId_hyperlink_39"/>
+    <hyperlink ref="H249" r:id="rId_hyperlink_40"/>
+    <hyperlink ref="H250" r:id="rId_hyperlink_41"/>
+    <hyperlink ref="H253" r:id="rId_hyperlink_42"/>
+    <hyperlink ref="H255" r:id="rId_hyperlink_43"/>
+    <hyperlink ref="H256" r:id="rId_hyperlink_44"/>
+    <hyperlink ref="H261" r:id="rId_hyperlink_45"/>
+    <hyperlink ref="H272" r:id="rId_hyperlink_46"/>
+    <hyperlink ref="H274" r:id="rId_hyperlink_47"/>
+    <hyperlink ref="H282" r:id="rId_hyperlink_48"/>
+    <hyperlink ref="H283" r:id="rId_hyperlink_49"/>
+    <hyperlink ref="H287" r:id="rId_hyperlink_50"/>
+    <hyperlink ref="H297" r:id="rId_hyperlink_51"/>
+    <hyperlink ref="H302" r:id="rId_hyperlink_52"/>
+    <hyperlink ref="H305" r:id="rId_hyperlink_53"/>
+    <hyperlink ref="H316" r:id="rId_hyperlink_54"/>
+    <hyperlink ref="H317" r:id="rId_hyperlink_55"/>
+    <hyperlink ref="H332" r:id="rId_hyperlink_56"/>
+    <hyperlink ref="H334" r:id="rId_hyperlink_57"/>
+    <hyperlink ref="H337" r:id="rId_hyperlink_58"/>
+    <hyperlink ref="H338" r:id="rId_hyperlink_59"/>
+    <hyperlink ref="H339" r:id="rId_hyperlink_60"/>
+    <hyperlink ref="H365" r:id="rId_hyperlink_61"/>
+    <hyperlink ref="H366" r:id="rId_hyperlink_62"/>
+    <hyperlink ref="H367" r:id="rId_hyperlink_63"/>
+    <hyperlink ref="H368" r:id="rId_hyperlink_64"/>
+    <hyperlink ref="H373" r:id="rId_hyperlink_65"/>
+    <hyperlink ref="H383" r:id="rId_hyperlink_66"/>
+    <hyperlink ref="H384" r:id="rId_hyperlink_67"/>
+    <hyperlink ref="H385" r:id="rId_hyperlink_68"/>
+    <hyperlink ref="H386" r:id="rId_hyperlink_69"/>
+    <hyperlink ref="H388" r:id="rId_hyperlink_70"/>
+    <hyperlink ref="H395" r:id="rId_hyperlink_71"/>
+    <hyperlink ref="H412" r:id="rId_hyperlink_72"/>
+    <hyperlink ref="H418" r:id="rId_hyperlink_73"/>
+    <hyperlink ref="H421" r:id="rId_hyperlink_74"/>
+    <hyperlink ref="H423" r:id="rId_hyperlink_75"/>
+    <hyperlink ref="H424" r:id="rId_hyperlink_76"/>
+    <hyperlink ref="H426" r:id="rId_hyperlink_77"/>
+    <hyperlink ref="H427" r:id="rId_hyperlink_78"/>
+    <hyperlink ref="H430" r:id="rId_hyperlink_79"/>
+    <hyperlink ref="H431" r:id="rId_hyperlink_80"/>
+    <hyperlink ref="H432" r:id="rId_hyperlink_81"/>
+    <hyperlink ref="H433" r:id="rId_hyperlink_82"/>
+    <hyperlink ref="H434" r:id="rId_hyperlink_83"/>
+    <hyperlink ref="H447" r:id="rId_hyperlink_84"/>
+    <hyperlink ref="H456" r:id="rId_hyperlink_85"/>
+    <hyperlink ref="H463" r:id="rId_hyperlink_86"/>
+    <hyperlink ref="H464" r:id="rId_hyperlink_87"/>
+    <hyperlink ref="H483" r:id="rId_hyperlink_88"/>
+    <hyperlink ref="H484" r:id="rId_hyperlink_89"/>
+    <hyperlink ref="H486" r:id="rId_hyperlink_90"/>
+    <hyperlink ref="H487" r:id="rId_hyperlink_91"/>
+    <hyperlink ref="H489" r:id="rId_hyperlink_92"/>
+    <hyperlink ref="H491" r:id="rId_hyperlink_93"/>
+    <hyperlink ref="A494" r:id="rId_hyperlink_94"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ASMI - Studi</vt:lpstr>