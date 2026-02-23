--- v4 (2026-02-03)
+++ v5 (2026-02-23)
@@ -4397,51 +4397,51 @@
   <si>
     <t>ZAMG, 2013</t>
   </si>
   <si>
     <t>ZAMG, 2013. Zentralanstalt für Meteorologie und Geodynamik, Seismische Beobachtungen 2013. Wien, 19 pp.</t>
   </si>
   <si>
     <t>ZANAL016</t>
   </si>
   <si>
     <t>Zanini et al., 2016</t>
   </si>
   <si>
     <t>Zanini M.A., Hofer L., Faleschini F., Zampieri P., Fabris N., Pellegrino C., 2016. Preliminary macroseismic survey of the 2016 Amatrice seismic sequence. Annals of Geophysics, 59, Fast Track 5, 6 pp. https://doi.org/10.4401/ag-7172</t>
   </si>
   <si>
     <t>ZIVC009</t>
   </si>
   <si>
     <t>Živčić, 2009</t>
   </si>
   <si>
     <t>Živcic M., 2009. Earthquake Catalogue of Slovenia. http://gis.arso.gov.si/atlasokolja/profile.aspx?id=Atlas_Okolja_AXL@Arso</t>
   </si>
   <si>
-    <t>File scaricato il 3rd February 2026 alle 15:02 dall'Archivio Storico Macrosismico Italiano, https://emidius.mi.ingv.it/ASMI/</t>
+    <t>File scaricato il 24th February 2026 alle 00:13 dall'Archivio Storico Macrosismico Italiano, https://emidius.mi.ingv.it/ASMI/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4845,51 +4845,51 @@
       </c>
       <c r="G2">
         <v>85</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
         <v>12</v>
       </c>
       <c r="B3" t="s">
         <v>13</v>
       </c>
       <c r="C3" t="s">
         <v>14</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3">
         <v>1</v>
       </c>
       <c r="F3">
         <v>1</v>
       </c>
       <c r="G3">
-        <v>94</v>
+        <v>93</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4" t="s">
         <v>17</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4">
         <v>1</v>
       </c>
       <c r="F4">
         <v>0</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
         <v>19</v>
@@ -6515,51 +6515,51 @@
       </c>
       <c r="F75">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>233</v>
       </c>
       <c r="B76" t="s">
         <v>234</v>
       </c>
       <c r="C76" t="s">
         <v>235</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76">
         <v>1</v>
       </c>
       <c r="F76">
         <v>1</v>
       </c>
       <c r="G76">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>236</v>
       </c>
       <c r="B77" t="s">
         <v>237</v>
       </c>
       <c r="C77" t="s">
         <v>238</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77">
         <v>1</v>
       </c>
       <c r="F77">
         <v>1</v>
       </c>
       <c r="G77">
         <v>176</v>
       </c>
     </row>
@@ -10545,51 +10545,51 @@
       </c>
       <c r="E254">
         <v>351</v>
       </c>
       <c r="F254">
         <v>99</v>
       </c>
       <c r="G254">
         <v>3870</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>757</v>
       </c>
       <c r="B255" t="s">
         <v>757</v>
       </c>
       <c r="C255" t="s">
         <v>758</v>
       </c>
       <c r="D255" t="s">
         <v>15</v>
       </c>
       <c r="E255">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="F255">
         <v>262</v>
       </c>
       <c r="G255">
         <v>4357</v>
       </c>
       <c r="H255" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>759</v>
       </c>
       <c r="B256" t="s">
         <v>760</v>
       </c>
       <c r="C256" t="s">
         <v>761</v>
       </c>
       <c r="D256" t="s">
         <v>15</v>
       </c>
       <c r="E256">
@@ -10824,51 +10824,51 @@
       </c>
       <c r="E266">
         <v>1</v>
       </c>
       <c r="F266">
         <v>1</v>
       </c>
       <c r="G266">
         <v>663</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>791</v>
       </c>
       <c r="B267" t="s">
         <v>791</v>
       </c>
       <c r="C267" t="s">
         <v>792</v>
       </c>
       <c r="D267" t="s">
         <v>15</v>
       </c>
       <c r="E267">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="F267">
         <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>793</v>
       </c>
       <c r="B268" t="s">
         <v>794</v>
       </c>
       <c r="C268" t="s">
         <v>795</v>
       </c>
       <c r="D268" t="s">
         <v>11</v>
       </c>
       <c r="E268">
         <v>1</v>
       </c>
       <c r="F268">
         <v>1</v>
       </c>
       <c r="G268">
@@ -14585,83 +14585,83 @@
       </c>
       <c r="F432">
         <v>172</v>
       </c>
       <c r="G432">
         <v>3733</v>
       </c>
       <c r="H432" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
         <v>1284</v>
       </c>
       <c r="B433" t="s">
         <v>1285</v>
       </c>
       <c r="C433" t="s">
         <v>1286</v>
       </c>
       <c r="D433" t="s">
         <v>47</v>
       </c>
       <c r="E433">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="F433">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="G433">
-        <v>14713</v>
+        <v>14740</v>
       </c>
       <c r="H433" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
         <v>1287</v>
       </c>
       <c r="B434" t="s">
         <v>1288</v>
       </c>
       <c r="C434" t="s">
         <v>1289</v>
       </c>
       <c r="D434" t="s">
         <v>47</v>
       </c>
       <c r="E434">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="F434">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="G434">
-        <v>14770</v>
+        <v>14797</v>
       </c>
       <c r="H434" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
         <v>1290</v>
       </c>
       <c r="B435" t="s">
         <v>1291</v>
       </c>
       <c r="C435" t="s">
         <v>1292</v>
       </c>
       <c r="D435" t="s">
         <v>15</v>
       </c>
       <c r="E435">
         <v>37</v>
       </c>
       <c r="F435">
         <v>0</v>
       </c>
     </row>