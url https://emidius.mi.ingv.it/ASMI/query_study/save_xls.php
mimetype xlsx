--- v5 (2026-02-23)
+++ v6 (2026-03-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ASMI - Studi" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1462">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1471">
   <si>
     <t>Codice</t>
   </si>
   <si>
     <t>Citazione breve</t>
   </si>
   <si>
     <t>Citazione completa</t>
   </si>
   <si>
     <t>Lingua</t>
   </si>
   <si>
     <t>Numero di terremoti</t>
   </si>
   <si>
     <t>Numero di terremoti con MDP</t>
   </si>
   <si>
     <t>Numero di MDP</t>
   </si>
   <si>
     <t>Link</t>
   </si>
   <si>
@@ -248,50 +248,59 @@
   <si>
     <t>Ambraseys, 1990</t>
   </si>
   <si>
     <t>Ambraseys N.N., 1990. Uniform magnitude re-evaluation of European earthquakes associated with strong-motion records. Earth. Eng. Struct. Dyn., 19, 1-20. https://doi.org/10.1002/eqe.4290190103</t>
   </si>
   <si>
     <t>ANDAL023</t>
   </si>
   <si>
     <t>Andrenacci et al., 2023</t>
   </si>
   <si>
     <t>Andrenacci C., Bello S., Barbano M.S., de Nardis R., Pirrotta C., Pietrolungo F., Lavecchia G., 2023. Reappraisal and Analysis of Macroseismic Data for Seismotectonic Purposes: The Strong Earthquakes of Southern Calabria, Italy. Geosciences. 2023; 13(7):212. https://doi.org/10.3390/geosciences13070212</t>
   </si>
   <si>
     <t>ANTAL023</t>
   </si>
   <si>
     <t>Antonucci et al., 2023</t>
   </si>
   <si>
     <t>Antonucci A., Del Mese S., Tertulliani A., Arcoraci L., Berardi M., Castelli V., Filosa S., Lanza T., 2023. Rilievo macrosismico dei terremoti di Umbertide Mw 4.3 e Mw 4.5 del 9/3/2023. Rapporto finale del 17 marzo 2023. Istituto Nazionale di Geofisica e Vulcanologia (INGV). https://doi.org/10.13127/quest/20230309</t>
   </si>
   <si>
+    <t>ANTAL026</t>
+  </si>
+  <si>
+    <t>Antonucci et al., 2026</t>
+  </si>
+  <si>
+    <t>Antonucci A., Castellano C., Cucci L., Tertulliani A., 2026. A thorough review of the 5 May 1990 Potenza (Southern Italy) earthquake: constraints from macroseismology and insights from hydrology. https://doi.org/10.5194/nhess-26-1105-2026</t>
+  </si>
+  <si>
     <t>AMGNDT995</t>
   </si>
   <si>
     <t>Arch. Mac. GNDT, 1995</t>
   </si>
   <si>
     <t>Archivio Macrosismico GNDT, 1995. Studi preliminari di terremoti attraverso i repertori sismologici. Archivio macrosismico del GNDT, Milano.</t>
   </si>
   <si>
     <t>ARCAL010</t>
   </si>
   <si>
     <t>Arcoraci et al., 2010</t>
   </si>
   <si>
     <t>Arcoraci L., Berardi M., Castellano C., Leschiutta I., Maramai A., Rossi A., Tertulliani A. and Vecchi M., 2010. Rilievo macrosismico del terremoto del 15 dicembre 2009 nella Valle del Tevere e considerazioni sull'applicazione della scala EMS98. Quaderni di Geofisica, 82, Istituto Nazionale di Geofisica e Vulcanologia (INGV), Roma, 21 pp. https://doi.org/10.13127/QUEST/20091215</t>
   </si>
   <si>
     <t>ARCAL012a</t>
   </si>
   <si>
     <t>Arcoraci et al., 2012a</t>
   </si>
   <si>
     <t>Arcoraci L., Berardi M., Brizuela B., Castellano C., Del Mese S., Graziani L., Maramai A., Rossi A., Sbarra M., Tertulliani A., Vecchi M., Vecchi S., Bernardini F., Ercolani E., 2012. Rilievo macrosismico degli effetti del terremoto del 25 gennaio 2012 (Pianura Padana). Rapporto tecnico QUEST, Istituto Nazionale di Geofisica e Vulcanologia (INGV), Roma, 9 pp. https://doi.org/10.13127/QUEST/20120125</t>
@@ -1793,50 +1802,68 @@
   <si>
     <t>Caracciolo, 2019b</t>
   </si>
   <si>
     <t>Caracciolo C.H., 2019. Revisione della sismicità moderata italiana degli anni '30 del XX secolo. Ipotesi di lavoro e primi risultati. Atti del 38° Convegno Annuale del GNGTS, Roma, 12-14 novembre 2019, s.1.1, 43-47.</t>
   </si>
   <si>
     <t>CARA020</t>
   </si>
   <si>
     <t>Caracciolo, 2020</t>
   </si>
   <si>
     <t>Caracciolo C.H., 2020. Brevi studi di Sismologia Storica. Tre casi di Terremoti “minori” tra la Pianura Padana e le colline romagnole (sec. XVII-XIX). Quaderni di Geofisica, 158: 1­38. https://doi.org/10.13127/qdg/158</t>
   </si>
   <si>
     <t>CARA021</t>
   </si>
   <si>
     <t>Caracciolo, 2021</t>
   </si>
   <si>
     <t>Caracciolo C.H., 2021. Revisione della sismicità italiana degli anni ’30 del XX secolo. I parte. Casi particolari e una incursione negli anni precedenti. Quaderni di Geofisica, 168: 182. https://doi.org/10.13127/qdg/168</t>
   </si>
   <si>
+    <t>CARA024</t>
+  </si>
+  <si>
+    <t>Caracciolo, 2024</t>
+  </si>
+  <si>
+    <t>Caracciolo, 2024. A “new” Aeolian event in the 20th century: the 19th June 1916 earthquake in Filicudi Island. Book of abstracts 42nd National Conference GNGTS 2024, Ferrara, 13-16 February, S1.1, 41-45.</t>
+  </si>
+  <si>
+    <t>CARA026</t>
+  </si>
+  <si>
+    <t>Caracciolo, 2026</t>
+  </si>
+  <si>
+    <t>Caracciolo C.H., 2026. Revisione della sismicità italiana degli anni Trenta del XX secolo Parte II: il 1930. Quaderni di Geofisica, 200. https://doi.org/10.13127/qdg/200</t>
+  </si>
+  <si>
     <t>CASTE020</t>
   </si>
   <si>
     <t>Castellano and Tertulliani, 2020</t>
   </si>
   <si>
     <t>Castellano C., Tertulliani A., 2020. Studio e rivalutazione del terremoto di Sulmona del 25 agosto 1905. Rapporti Tecnici INGV, 425, 1­38. https://doi.org/10.13127/rpt/425</t>
   </si>
   <si>
     <t>CASAL018</t>
   </si>
   <si>
     <t>Castellano et al., 2018</t>
   </si>
   <si>
     <t>Castellano C., Del Mese S., Fodarella A., Graziani L., Maramai A., Tertulliani A., Verrubbi V., 2018. Quest- Rilievo Macrosismico per i terremoti del Molise del 14 e 16 agosto 2018. Rapporto interno INGV. https://doi.org/10.5281/zenodo.1405385</t>
   </si>
   <si>
     <t>CASAL024</t>
   </si>
   <si>
     <t>Castellano et al., 2024</t>
   </si>
   <si>
     <t>Castellano C., Filosa S., Graziani L., Paolini S., Rossi A., Tertulliani A., 2024. Materiali per un catalogo dei terremoti italiani: aggiornamento di studi speditivi AMGNDT95 (1821-1905) e studio del terremoto dei Castelli Romani del 1981. Quaderni di Geofisica, 191,1-96, https://doi.org/10.13127/qdg/191</t>
@@ -4397,51 +4424,51 @@
   <si>
     <t>ZAMG, 2013</t>
   </si>
   <si>
     <t>ZAMG, 2013. Zentralanstalt für Meteorologie und Geodynamik, Seismische Beobachtungen 2013. Wien, 19 pp.</t>
   </si>
   <si>
     <t>ZANAL016</t>
   </si>
   <si>
     <t>Zanini et al., 2016</t>
   </si>
   <si>
     <t>Zanini M.A., Hofer L., Faleschini F., Zampieri P., Fabris N., Pellegrino C., 2016. Preliminary macroseismic survey of the 2016 Amatrice seismic sequence. Annals of Geophysics, 59, Fast Track 5, 6 pp. https://doi.org/10.4401/ag-7172</t>
   </si>
   <si>
     <t>ZIVC009</t>
   </si>
   <si>
     <t>Živčić, 2009</t>
   </si>
   <si>
     <t>Živcic M., 2009. Earthquake Catalogue of Slovenia. http://gis.arso.gov.si/atlasokolja/profile.aspx?id=Atlas_Okolja_AXL@Arso</t>
   </si>
   <si>
-    <t>File scaricato il 24th February 2026 alle 00:13 dall'Archivio Storico Macrosismico Italiano, https://emidius.mi.ingv.it/ASMI/</t>
+    <t>File scaricato il 18th March 2026 alle 13:07 dall'Archivio Storico Macrosismico Italiano, https://emidius.mi.ingv.it/ASMI/</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -4753,59 +4780,59 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_18alb/ii_18alb.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-9-1/668-correlazione-tra-sismicita-ed-elementi-strutturali-nell-isola-d-ischia/file" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2268/145560" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publi2-as.oma.be/record/1661/files/Les_Seismes_en_Europe_occidentale_de_394_a_1259.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ims.forth.gr/ims/turkish_studies/publications.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2002" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2003" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2006" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2009" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_8bar/ii_8bar.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/sites/default/files/2023-08/bgta42.1.2_BARBANO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://renass.unistra.fr" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdmfc.u-strasbg.fr/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdmfc.u-strasbg.fr/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2122/16564" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/sites/default/files/2023-08/bgta41.2_BERNARDIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2122/3465" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.crs.inogs.it/bollettino/RSFVG/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bollettinosismico.rm.ingv.it/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2005-vol-46-2-3/journalistic-communication-17th-18th-centuries-and-its-influence" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/eqs/010717/VAL_VENOSTA/rilievo.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ingegneriasismica.org/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2011" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2011" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.franceseisme.fr/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gngts.ogs.it/archivio/files/2019/GNGTS_1.1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gngts.ogs.it/archivio/files/2019/GNGTS_1.1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2122/2565" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.patroneditore.com/SISMICA/riviste/articoli/3647/il_terremoto_del_1789_a_citt_di_castello_ricostruzione_dellimpatto_e_della_distribuzione_dei_danni_a_partire_da_documenti_inediti.html" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2004-vol-45-1-2/between-tevere-and-arno-preliminary-revision-seismicity-casentino" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arso.gov.si/potresi/poro%C4%8Dila%20in%20publikacije/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.annalsofgeophysics.eu/index.php/annals/issue/view/268" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://storing.ingv.it/cfti/cfti4/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/rapporti-tecnici-ingv/archivio/rapporti-tecnici%202014/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipzs.it/ext/editoria.html" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.isprambiente.gov.it/it/pubblicazioni/periodici-tecnici/memorie-descrittive-della-carta-geologica-ditalia/la-geologia-di-roma.-il-centro-storico" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.isprambiente.gov.it/it/pubblicazioni/periodici-tecnici/memorie-descrittive-della-carta-geologica-ditalia/la-geologia-di-roma.-il-centro-storico" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hitseddb.ethz.ch:8080/ecos09/fake-events.html" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ecos09.seismo.ethz.ch/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_9eis/ii_9eis.html" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2009" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lavegliacarlone.it/index.php?page=shop.product_details&amp;flypage=flypage_pinux.tpl&amp;product_id=144&amp;category_id=23&amp;option=com_virtuemart&amp;Itemid=4" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2122/16596" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ilmiolibro.kataweb.it/libro/scienza-e-tecnica/12385/il-terremoto-del-1905-della-calabria-meridionale/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2008-vol-49-2/taranta1-effect-1743-earthquake-salento-apulia-southern-italy" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-14-1/454-il-terremoto-del-9-settembre-1998-nel-quadro-della-sismicita-storica-del-confine-calabro-lucano-possibili-implicazioni-sismotettoniche" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-18-2/288-i-terremoti-del-gennaio-1117-ipotesi-di-un-epicentro-nel-cremonese/file" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.casanova.ch/shop/detail.cfm?ID=415" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globalcmt.org" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opac.geologie.ac.at/ais312/dokumente/Abhandlungen_67.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_20ham/ii_20ham.html" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://storing.ingv.it/ISS/index.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arso.gov.si/potresi/poro%C4%8Dila%20in%20publikacije/Potresi%20v%20letu%202015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_11lam/ii_11lam.html" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.schweizerbart.de/publications/detail/artno/186084200" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.schweizerbart.de/publications/detail/artno/186083600" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipzs.it/ext/editoria.html" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipzs.it/ext/editoria.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2002" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editoria.ingv.it/archivio_pdf/qdg/57/pdf/qdg_57.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socgeol.info/Ricerca/pubblicazioni.asp?act=see&amp;type=Memorie&amp;y=1987&amp;v=37&amp;f=2" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://earthquake.usgs.gov/earthquakes/search/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://earthquake.usgs.gov/data/pde.php" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/NT/CONSNT.html" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gngts.ogs.it/archivio/files/2016/S11/Riassunti/Pallone.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ziti.gr/vivlio/papazaxos-vasilis-papazaxoy-katerina-the-earthquakes-of-greece/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/233214114_I_terremoti_del_XIX_secolo_dell'Appennino_Campano-Lucano" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-18-2/289-studio-macrosismico-del-terremoto-dell-aquilano-del-24-giugno-1958" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.storiapatriabruzzo.it/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2006-vol-47-1-2/calabrian-seismicity-during-viceroyalty-naples-sources-silence-or-silent" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.seismo.ethz.ch/en/home/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.seismo.ethz.ch/it/research-and-teaching/products-software/moment-tensors/earlier-mt-catalogues/index.html" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://unesdoc.unesco.org/Ulis/cgi-bin/ulis.pl?catno=142404" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://unesdoc.unesco.org/Ulis/cgi-bin/ulis.pl?catno=47723" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/donnees_faux.asp" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sisfrance.irsn.fr/faux-seisme--" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/earth+sciences+and+geography/hydrogeology/book/978-0-7923-4614-2" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/archivio/quaderni-di-geofisica-2014/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-19-2/276-studio-macrosismico-del-terremoto-del-gran-sasso-italia-centrale-del-5-settembre-1950-implicazioni-sismotettoniche/file" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2008" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.itsak.gr/en/db/data/macroseismic_data/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.europa.eu/it/publication-detail/-/publication/2b9030a6-ffe2-479a-943e-8366a0190d22/language-en/format-PDF/source-31628716" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://itaca.mi.ingv.it" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zamg.ac.at/cms/de/geophysik/erdbeben/erdbebenarchiv/erdbebenmeldungen-neu" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zamg.ac.at/geophysik/Reports/Jahrbuch/JAHRBUCH_2013-deutsch.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gis.arso.gov.si/atlasokolja/profile.aspx?id=Atlas_Okolja_AXL@Arso" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/ASMI/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_18alb/ii_18alb.html" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-9-1/668-correlazione-tra-sismicita-ed-elementi-strutturali-nell-isola-d-ischia/file" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2268/145560" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://publi2-as.oma.be/record/1661/files/Les_Seismes_en_Europe_occidentale_de_394_a_1259.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ims.forth.gr/ims/turkish_studies/publications.html" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2002" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2003" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2006" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2009" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_8bar/ii_8bar.html" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/sites/default/files/2023-08/bgta42.1.2_BARBANO.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://renass.unistra.fr" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdmfc.u-strasbg.fr/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bdmfc.u-strasbg.fr/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2122/16564" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/sites/default/files/2023-08/bgta41.2_BERNARDIS.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2122/3465" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.crs.inogs.it/bollettino/RSFVG/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://bollettinosismico.rm.ingv.it/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2005-vol-46-2-3/journalistic-communication-17th-18th-centuries-and-its-influence" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/eqs/010717/VAL_VENOSTA/rilievo.html" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ingegneriasismica.org/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2011" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2011" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.franceseisme.fr/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gngts.ogs.it/archivio/files/2019/GNGTS_1.1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gngts.ogs.it/archivio/files/2019/GNGTS_1.1.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gngts.ogs.it/wp-content/uploads/2024/11/GNGTS2024.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2122/2565" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.patroneditore.com/SISMICA/riviste/articoli/3647/il_terremoto_del_1789_a_citt_di_castello_ricostruzione_dellimpatto_e_della_distribuzione_dei_danni_a_partire_da_documenti_inediti.html" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2004-vol-45-1-2/between-tevere-and-arno-preliminary-revision-seismicity-casentino" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arso.gov.si/potresi/poro%C4%8Dila%20in%20publikacije/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cftilab.it/index.php/it/gli-scaffali/pubblicazioni/libri" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.annalsofgeophysics.eu/index.php/annals/issue/view/268" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://storing.ingv.it/cfti/cfti4/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/rapporti-tecnici-ingv/archivio/rapporti-tecnici%202014/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipzs.it/ext/editoria.html" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.isprambiente.gov.it/it/pubblicazioni/periodici-tecnici/memorie-descrittive-della-carta-geologica-ditalia/la-geologia-di-roma.-il-centro-storico" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.isprambiente.gov.it/it/pubblicazioni/periodici-tecnici/memorie-descrittive-della-carta-geologica-ditalia/la-geologia-di-roma.-il-centro-storico" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hitseddb.ethz.ch:8080/ecos09/fake-events.html" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ecos09.seismo.ethz.ch/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_9eis/ii_9eis.html" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2009" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.lavegliacarlone.it/index.php?page=shop.product_details&amp;flypage=flypage_pinux.tpl&amp;product_id=144&amp;category_id=23&amp;option=com_virtuemart&amp;Itemid=4" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hdl.handle.net/2122/16596" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ilmiolibro.kataweb.it/libro/scienza-e-tecnica/12385/il-terremoto-del-1905-della-calabria-meridionale/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2008-vol-49-2/taranta1-effect-1743-earthquake-salento-apulia-southern-italy" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-14-1/454-il-terremoto-del-9-settembre-1998-nel-quadro-della-sismicita-storica-del-confine-calabro-lucano-possibili-implicazioni-sismotettoniche" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-18-2/288-i-terremoti-del-gennaio-1117-ipotesi-di-un-epicentro-nel-cremonese/file" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.casanova.ch/shop/detail.cfm?ID=415" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.globalcmt.org" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://opac.geologie.ac.at/ais312/dokumente/Abhandlungen_67.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_20ham/ii_20ham.html" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://storing.ingv.it/ISS/index.html" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.arso.gov.si/potresi/poro%C4%8Dila%20in%20publikacije/Potresi%20v%20letu%202015.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/RHISE/ii_11lam/ii_11lam.html" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.schweizerbart.de/publications/detail/artno/186084200" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.schweizerbart.de/publications/detail/artno/186083600" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipzs.it/ext/editoria.html" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ipzs.it/ext/editoria.html" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2002" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://editoria.ingv.it/archivio_pdf/qdg/57/pdf/qdg_57.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.socgeol.info/Ricerca/pubblicazioni.asp?act=see&amp;type=Memorie&amp;y=1987&amp;v=37&amp;f=2" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://earthquake.usgs.gov/earthquakes/search/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://earthquake.usgs.gov/data/pde.php" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/NT/CONSNT.html" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gngts.ogs.it/archivio/files/2016/S11/Riassunti/Pallone.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ziti.gr/vivlio/papazaxos-vasilis-papazaxoy-katerina-the-earthquakes-of-greece/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/233214114_I_terremoti_del_XIX_secolo_dell'Appennino_Campano-Lucano" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-18-2/289-studio-macrosismico-del-terremoto-dell-aquilano-del-24-giugno-1958" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.storiapatriabruzzo.it/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bgo.ogs.it/issues/2006-vol-47-1-2/calabrian-seismicity-during-viceroyalty-naples-sources-silence-or-silent" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.seismo.ethz.ch/en/home/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.seismo.ethz.ch/it/research-and-teaching/products-software/moment-tensors/earlier-mt-catalogues/index.html" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://unesdoc.unesco.org/Ulis/cgi-bin/ulis.pl?catno=142404" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://unesdoc.unesco.org/Ulis/cgi-bin/ulis.pl?catno=47723" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/donnees_faux.asp" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sisfrance.irsn.fr/faux-seisme--" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sisfrance.net/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.springer.com/earth+sciences+and+geography/hydrogeology/book/978-0-7923-4614-2" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/archivio/quaderni-di-geofisica-2014/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aiqua.it/index.php/the-journal/il-quaternario-1988-2011/volume-19-2/276-studio-macrosismico-del-terremoto-del-gran-sasso-italia-centrale-del-5-settembre-1950-implicazioni-sismotettoniche/file" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://istituto.ingv.it/l-ingv/produzione-scientifica/quaderni-di-geofisica/numeri-pubblicati-2008" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.itsak.gr/en/db/data/macroseismic_data/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://publications.europa.eu/it/publication-detail/-/publication/2b9030a6-ffe2-479a-943e-8366a0190d22/language-en/format-PDF/source-31628716" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://itaca.mi.ingv.it" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.zamg.ac.at/cms/de/geophysik/erdbeben/erdbebenarchiv/erdbebenmeldungen-neu" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.zamg.ac.at/geophysik/Reports/Jahrbuch/JAHRBUCH_2013-deutsch.pdf" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://gis.arso.gov.si/atlasokolja/profile.aspx?id=Atlas_Okolja_AXL@Arso" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://emidius.mi.ingv.it/ASMI/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H494"/>
+  <dimension ref="A1:H497"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="200" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
@@ -4974,57 +5001,57 @@
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8">
         <v>3</v>
       </c>
       <c r="F8">
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
         <v>32</v>
       </c>
       <c r="B9" t="s">
         <v>33</v>
       </c>
       <c r="C9" t="s">
         <v>34</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="F9">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="G9">
-        <v>239</v>
+        <v>242</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
         <v>35</v>
       </c>
       <c r="B10" t="s">
         <v>36</v>
       </c>
       <c r="C10" t="s">
         <v>37</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10">
         <v>5</v>
       </c>
       <c r="F10">
         <v>5</v>
       </c>
       <c r="G10">
         <v>73</v>
       </c>
     </row>
@@ -5301,10760 +5328,10833 @@
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23">
         <v>1</v>
       </c>
       <c r="F23">
         <v>1</v>
       </c>
       <c r="G23">
         <v>18</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
         <v>78</v>
       </c>
       <c r="B24" t="s">
         <v>79</v>
       </c>
       <c r="C24" t="s">
         <v>80</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E24">
-        <v>331</v>
+        <v>1</v>
       </c>
       <c r="F24">
-        <v>309</v>
+        <v>1</v>
       </c>
       <c r="G24">
-        <v>9701</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
         <v>81</v>
       </c>
       <c r="B25" t="s">
         <v>82</v>
       </c>
       <c r="C25" t="s">
         <v>83</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25">
-        <v>1</v>
+        <v>331</v>
       </c>
       <c r="F25">
-        <v>1</v>
+        <v>309</v>
       </c>
       <c r="G25">
-        <v>26</v>
+        <v>9701</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
         <v>84</v>
       </c>
       <c r="B26" t="s">
         <v>85</v>
       </c>
       <c r="C26" t="s">
         <v>86</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26">
         <v>1</v>
       </c>
       <c r="F26">
         <v>1</v>
       </c>
       <c r="G26">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
         <v>87</v>
       </c>
       <c r="B27" t="s">
         <v>88</v>
       </c>
       <c r="C27" t="s">
         <v>89</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F27">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G27">
-        <v>140</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>90</v>
       </c>
       <c r="B28" t="s">
         <v>91</v>
       </c>
       <c r="C28" t="s">
         <v>92</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F28">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G28">
-        <v>27</v>
+        <v>140</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
         <v>93</v>
       </c>
       <c r="B29" t="s">
         <v>94</v>
       </c>
       <c r="C29" t="s">
         <v>95</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29">
         <v>1</v>
       </c>
       <c r="F29">
         <v>1</v>
       </c>
       <c r="G29">
-        <v>40</v>
+        <v>27</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
         <v>96</v>
       </c>
       <c r="B30" t="s">
         <v>97</v>
       </c>
       <c r="C30" t="s">
         <v>98</v>
       </c>
       <c r="D30" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E30">
         <v>1</v>
       </c>
       <c r="F30">
         <v>1</v>
       </c>
       <c r="G30">
-        <v>47</v>
+        <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
         <v>99</v>
       </c>
       <c r="B31" t="s">
         <v>100</v>
       </c>
       <c r="C31" t="s">
         <v>101</v>
       </c>
       <c r="D31" t="s">
         <v>15</v>
       </c>
       <c r="E31">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F31">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G31">
-        <v>87</v>
+        <v>47</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
         <v>102</v>
       </c>
       <c r="B32" t="s">
         <v>103</v>
       </c>
       <c r="C32" t="s">
         <v>104</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E32">
-        <v>18</v>
+        <v>3</v>
       </c>
       <c r="F32">
-        <v>18</v>
+        <v>3</v>
       </c>
       <c r="G32">
-        <v>34</v>
+        <v>87</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
         <v>105</v>
       </c>
       <c r="B33" t="s">
         <v>106</v>
       </c>
       <c r="C33" t="s">
         <v>107</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="F33">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="G33">
-        <v>10</v>
+        <v>34</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
         <v>108</v>
       </c>
       <c r="B34" t="s">
         <v>109</v>
       </c>
       <c r="C34" t="s">
         <v>110</v>
       </c>
       <c r="D34" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E34">
-        <v>184</v>
+        <v>1</v>
       </c>
       <c r="F34">
-        <v>184</v>
+        <v>1</v>
       </c>
       <c r="G34">
-        <v>3580</v>
+        <v>10</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>111</v>
       </c>
       <c r="B35" t="s">
         <v>112</v>
       </c>
       <c r="C35" t="s">
         <v>113</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E35">
-        <v>16</v>
+        <v>184</v>
       </c>
       <c r="F35">
-        <v>16</v>
+        <v>184</v>
       </c>
       <c r="G35">
-        <v>711</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>3580</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
         <v>114</v>
       </c>
       <c r="B36" t="s">
         <v>115</v>
       </c>
       <c r="C36" t="s">
         <v>116</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="F36">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="G36">
-        <v>132</v>
+        <v>711</v>
       </c>
       <c r="H36" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
         <v>117</v>
       </c>
       <c r="B37" t="s">
         <v>118</v>
       </c>
       <c r="C37" t="s">
         <v>119</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37">
         <v>1</v>
       </c>
       <c r="F37">
         <v>1</v>
       </c>
       <c r="G37">
-        <v>37</v>
+        <v>132</v>
+      </c>
+      <c r="H37" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>120</v>
       </c>
       <c r="B38" t="s">
         <v>121</v>
       </c>
       <c r="C38" t="s">
         <v>122</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="F38">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="G38">
-        <v>319</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>37</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>123</v>
       </c>
       <c r="B39" t="s">
         <v>124</v>
       </c>
       <c r="C39" t="s">
         <v>125</v>
       </c>
       <c r="D39" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E39">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="F39">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="G39">
-        <v>11</v>
+        <v>319</v>
+      </c>
+      <c r="H39" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
         <v>126</v>
       </c>
       <c r="B40" t="s">
         <v>127</v>
       </c>
       <c r="C40" t="s">
         <v>128</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E40">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F40">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G40">
-        <v>29</v>
+        <v>11</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>129</v>
       </c>
       <c r="B41" t="s">
         <v>130</v>
       </c>
       <c r="C41" t="s">
         <v>131</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F41">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="G41">
-        <v>260</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
         <v>132</v>
       </c>
       <c r="B42" t="s">
         <v>133</v>
       </c>
       <c r="C42" t="s">
         <v>134</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="F42">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="G42">
-        <v>56</v>
+        <v>260</v>
+      </c>
+      <c r="H42" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
         <v>135</v>
       </c>
       <c r="B43" t="s">
         <v>136</v>
       </c>
       <c r="C43" t="s">
         <v>137</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43">
         <v>1</v>
       </c>
       <c r="F43">
         <v>1</v>
       </c>
       <c r="G43">
-        <v>40</v>
+        <v>56</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
         <v>138</v>
       </c>
       <c r="B44" t="s">
         <v>139</v>
       </c>
       <c r="C44" t="s">
         <v>140</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="F44">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="G44">
-        <v>532</v>
+        <v>40</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
         <v>141</v>
       </c>
       <c r="B45" t="s">
         <v>142</v>
       </c>
       <c r="C45" t="s">
         <v>143</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="F45">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="G45">
-        <v>19</v>
+        <v>532</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
         <v>144</v>
       </c>
       <c r="B46" t="s">
         <v>145</v>
       </c>
       <c r="C46" t="s">
         <v>146</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46">
         <v>1</v>
       </c>
       <c r="F46">
         <v>1</v>
       </c>
       <c r="G46">
-        <v>58</v>
+        <v>19</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
         <v>147</v>
       </c>
       <c r="B47" t="s">
         <v>148</v>
       </c>
       <c r="C47" t="s">
         <v>149</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47">
         <v>1</v>
       </c>
       <c r="F47">
         <v>1</v>
       </c>
       <c r="G47">
-        <v>24</v>
+        <v>58</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>150</v>
       </c>
       <c r="B48" t="s">
         <v>151</v>
       </c>
       <c r="C48" t="s">
         <v>152</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48">
         <v>1</v>
       </c>
       <c r="F48">
         <v>1</v>
       </c>
       <c r="G48">
-        <v>67</v>
+        <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>153</v>
       </c>
       <c r="B49" t="s">
         <v>154</v>
       </c>
       <c r="C49" t="s">
         <v>155</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F49">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="G49">
-        <v>243</v>
+        <v>67</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
         <v>156</v>
       </c>
       <c r="B50" t="s">
         <v>157</v>
       </c>
       <c r="C50" t="s">
         <v>158</v>
       </c>
       <c r="D50" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E50">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="F50">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="G50">
-        <v>203</v>
+        <v>243</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
         <v>159</v>
       </c>
       <c r="B51" t="s">
         <v>160</v>
       </c>
       <c r="C51" t="s">
         <v>161</v>
       </c>
       <c r="D51" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E51">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F51">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G51">
-        <v>103</v>
+        <v>203</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>162</v>
       </c>
       <c r="B52" t="s">
         <v>163</v>
       </c>
       <c r="C52" t="s">
         <v>164</v>
       </c>
       <c r="D52" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E52">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F52">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G52">
-        <v>32</v>
+        <v>103</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
         <v>165</v>
       </c>
       <c r="B53" t="s">
         <v>166</v>
       </c>
       <c r="C53" t="s">
         <v>167</v>
       </c>
       <c r="D53" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E53">
-        <v>19</v>
+        <v>5</v>
       </c>
       <c r="F53">
-        <v>19</v>
+        <v>5</v>
       </c>
       <c r="G53">
-        <v>227</v>
+        <v>32</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
         <v>168</v>
       </c>
       <c r="B54" t="s">
         <v>169</v>
       </c>
       <c r="C54" t="s">
         <v>170</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="F54">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="G54">
-        <v>167</v>
+        <v>227</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
         <v>171</v>
       </c>
       <c r="B55" t="s">
         <v>172</v>
       </c>
       <c r="C55" t="s">
         <v>173</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="F55">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="G55">
-        <v>283</v>
+        <v>167</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
         <v>174</v>
       </c>
       <c r="B56" t="s">
         <v>175</v>
       </c>
       <c r="C56" t="s">
         <v>176</v>
       </c>
       <c r="D56" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E56">
-        <v>5</v>
+        <v>23</v>
       </c>
       <c r="F56">
-        <v>3</v>
+        <v>23</v>
       </c>
       <c r="G56">
-        <v>100</v>
+        <v>283</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>177</v>
       </c>
       <c r="B57" t="s">
         <v>178</v>
       </c>
       <c r="C57" t="s">
         <v>179</v>
       </c>
       <c r="D57" t="s">
         <v>15</v>
       </c>
       <c r="E57">
-        <v>42</v>
+        <v>5</v>
       </c>
       <c r="F57">
-        <v>37</v>
+        <v>3</v>
       </c>
       <c r="G57">
-        <v>1958</v>
+        <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
         <v>180</v>
       </c>
       <c r="B58" t="s">
         <v>181</v>
       </c>
       <c r="C58" t="s">
         <v>182</v>
       </c>
       <c r="D58" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E58">
-        <v>1</v>
+        <v>42</v>
       </c>
       <c r="F58">
-        <v>1</v>
+        <v>37</v>
       </c>
       <c r="G58">
-        <v>269</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
         <v>183</v>
       </c>
       <c r="B59" t="s">
         <v>184</v>
       </c>
       <c r="C59" t="s">
         <v>185</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F59">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G59">
-        <v>679</v>
+        <v>269</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
         <v>186</v>
       </c>
       <c r="B60" t="s">
         <v>187</v>
       </c>
       <c r="C60" t="s">
         <v>188</v>
       </c>
       <c r="D60" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E60">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F60">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>4</v>
+      </c>
+      <c r="G60">
+        <v>679</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
         <v>189</v>
       </c>
       <c r="B61" t="s">
         <v>190</v>
       </c>
       <c r="C61" t="s">
         <v>191</v>
       </c>
       <c r="D61" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E61">
-        <v>68</v>
+        <v>1</v>
       </c>
       <c r="F61">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>124</v>
+        <v>0</v>
+      </c>
+      <c r="H61" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
         <v>192</v>
       </c>
       <c r="B62" t="s">
         <v>193</v>
       </c>
       <c r="C62" t="s">
         <v>194</v>
       </c>
       <c r="D62" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E62">
-        <v>1</v>
+        <v>68</v>
       </c>
       <c r="F62">
-        <v>1</v>
+        <v>48</v>
       </c>
       <c r="G62">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>124</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
         <v>195</v>
       </c>
       <c r="B63" t="s">
         <v>196</v>
       </c>
       <c r="C63" t="s">
         <v>197</v>
       </c>
       <c r="D63" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E63">
-        <v>95</v>
+        <v>1</v>
       </c>
       <c r="F63">
-        <v>32</v>
+        <v>1</v>
       </c>
       <c r="G63">
-        <v>232</v>
+        <v>6</v>
+      </c>
+      <c r="H63" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
         <v>198</v>
       </c>
       <c r="B64" t="s">
         <v>199</v>
       </c>
       <c r="C64" t="s">
         <v>200</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="F64">
-        <v>92</v>
+        <v>32</v>
       </c>
       <c r="G64">
-        <v>178</v>
+        <v>232</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
         <v>201</v>
       </c>
       <c r="B65" t="s">
         <v>202</v>
       </c>
       <c r="C65" t="s">
         <v>203</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65">
-        <v>1</v>
+        <v>107</v>
       </c>
       <c r="F65">
-        <v>0</v>
+        <v>92</v>
+      </c>
+      <c r="G65">
+        <v>178</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
         <v>204</v>
       </c>
       <c r="B66" t="s">
         <v>205</v>
       </c>
       <c r="C66" t="s">
         <v>206</v>
       </c>
       <c r="D66" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E66">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="F66">
-        <v>24</v>
-[...2 lines deleted...]
-        <v>672</v>
+        <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
         <v>207</v>
       </c>
       <c r="B67" t="s">
         <v>208</v>
       </c>
       <c r="C67" t="s">
         <v>209</v>
       </c>
       <c r="D67" t="s">
         <v>15</v>
       </c>
       <c r="E67">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="F67">
-        <v>0</v>
+        <v>24</v>
+      </c>
+      <c r="G67">
+        <v>672</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>210</v>
       </c>
       <c r="B68" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C68" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="D68" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E68">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="F68">
         <v>0</v>
       </c>
-      <c r="H68" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B69" t="s">
         <v>213</v>
       </c>
       <c r="C69" t="s">
         <v>214</v>
       </c>
       <c r="D69" t="s">
         <v>47</v>
       </c>
       <c r="E69">
-        <v>2</v>
+        <v>25</v>
       </c>
       <c r="F69">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>832</v>
+        <v>0</v>
       </c>
       <c r="H69" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>215</v>
       </c>
       <c r="B70" t="s">
         <v>216</v>
       </c>
       <c r="C70" t="s">
         <v>217</v>
       </c>
       <c r="D70" t="s">
         <v>47</v>
       </c>
       <c r="E70">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F70">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G70">
-        <v>701</v>
+        <v>832</v>
       </c>
       <c r="H70" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>218</v>
       </c>
       <c r="B71" t="s">
         <v>219</v>
       </c>
       <c r="C71" t="s">
         <v>220</v>
       </c>
       <c r="D71" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
       <c r="E71">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F71">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G71">
+        <v>701</v>
+      </c>
+      <c r="H71" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>221</v>
       </c>
       <c r="B72" t="s">
         <v>222</v>
       </c>
       <c r="C72" t="s">
         <v>223</v>
       </c>
       <c r="D72" t="s">
         <v>15</v>
       </c>
       <c r="E72">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="F72">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
         <v>224</v>
       </c>
       <c r="B73" t="s">
         <v>225</v>
       </c>
       <c r="C73" t="s">
         <v>226</v>
       </c>
       <c r="D73" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E73">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="F73">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
         <v>227</v>
       </c>
       <c r="B74" t="s">
         <v>228</v>
       </c>
       <c r="C74" t="s">
         <v>229</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74">
         <v>1</v>
       </c>
       <c r="F74">
         <v>1</v>
       </c>
       <c r="G74">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>73</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>230</v>
       </c>
       <c r="B75" t="s">
         <v>231</v>
       </c>
       <c r="C75" t="s">
         <v>232</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75">
         <v>1</v>
       </c>
       <c r="F75">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G75">
+        <v>60</v>
+      </c>
+      <c r="H75" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
         <v>233</v>
       </c>
       <c r="B76" t="s">
         <v>234</v>
       </c>
       <c r="C76" t="s">
         <v>235</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76">
         <v>1</v>
       </c>
       <c r="F76">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
         <v>236</v>
       </c>
       <c r="B77" t="s">
         <v>237</v>
       </c>
       <c r="C77" t="s">
         <v>238</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77">
         <v>1</v>
       </c>
       <c r="F77">
         <v>1</v>
       </c>
       <c r="G77">
-        <v>176</v>
+        <v>134</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>239</v>
       </c>
       <c r="B78" t="s">
         <v>240</v>
       </c>
       <c r="C78" t="s">
         <v>241</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78">
         <v>1</v>
       </c>
       <c r="F78">
         <v>1</v>
       </c>
       <c r="G78">
-        <v>105</v>
+        <v>176</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
         <v>242</v>
       </c>
       <c r="B79" t="s">
         <v>243</v>
       </c>
       <c r="C79" t="s">
         <v>244</v>
       </c>
       <c r="D79" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E79">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F79">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G79">
         <v>105</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
         <v>245</v>
       </c>
       <c r="B80" t="s">
         <v>246</v>
       </c>
       <c r="C80" t="s">
         <v>247</v>
       </c>
       <c r="D80" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E80">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F80">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G80">
-        <v>11</v>
+        <v>105</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
         <v>248</v>
       </c>
       <c r="B81" t="s">
         <v>249</v>
       </c>
       <c r="C81" t="s">
         <v>250</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
       <c r="E81">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="F81">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="G81">
-        <v>424</v>
+        <v>11</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>251</v>
       </c>
       <c r="B82" t="s">
         <v>252</v>
       </c>
       <c r="C82" t="s">
         <v>253</v>
       </c>
       <c r="D82" t="s">
         <v>11</v>
       </c>
       <c r="E82">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="F82">
-        <v>0</v>
+        <v>15</v>
+      </c>
+      <c r="G82">
+        <v>424</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
         <v>254</v>
       </c>
       <c r="B83" t="s">
         <v>255</v>
       </c>
       <c r="C83" t="s">
         <v>256</v>
       </c>
       <c r="D83" t="s">
         <v>11</v>
       </c>
       <c r="E83">
         <v>1</v>
       </c>
       <c r="F83">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>257</v>
       </c>
       <c r="B84" t="s">
         <v>258</v>
       </c>
       <c r="C84" t="s">
         <v>259</v>
       </c>
       <c r="D84" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E84">
         <v>1</v>
       </c>
       <c r="F84">
         <v>1</v>
       </c>
       <c r="G84">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>15</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
         <v>260</v>
       </c>
       <c r="B85" t="s">
         <v>261</v>
       </c>
       <c r="C85" t="s">
         <v>262</v>
       </c>
       <c r="D85" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E85">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="F85">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G85">
+        <v>28</v>
       </c>
       <c r="H85" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
         <v>263</v>
       </c>
       <c r="B86" t="s">
         <v>264</v>
       </c>
       <c r="C86" t="s">
         <v>265</v>
       </c>
+      <c r="D86" t="s">
+        <v>11</v>
+      </c>
       <c r="E86">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="F86">
         <v>0</v>
       </c>
       <c r="H86" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
         <v>266</v>
       </c>
       <c r="B87" t="s">
         <v>267</v>
       </c>
       <c r="C87" t="s">
         <v>268</v>
       </c>
-      <c r="D87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E87">
-        <v>11</v>
+        <v>61</v>
       </c>
       <c r="F87">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>1800</v>
+        <v>0</v>
+      </c>
+      <c r="H87" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
         <v>269</v>
       </c>
       <c r="B88" t="s">
         <v>270</v>
       </c>
       <c r="C88" t="s">
         <v>271</v>
       </c>
       <c r="D88" t="s">
         <v>11</v>
       </c>
       <c r="E88">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="F88">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G88">
-        <v>145</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
         <v>272</v>
       </c>
       <c r="B89" t="s">
         <v>273</v>
       </c>
       <c r="C89" t="s">
         <v>274</v>
       </c>
       <c r="D89" t="s">
         <v>11</v>
       </c>
       <c r="E89">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="F89">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="G89">
-        <v>337</v>
+        <v>145</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
         <v>275</v>
       </c>
       <c r="B90" t="s">
         <v>276</v>
       </c>
       <c r="C90" t="s">
         <v>277</v>
       </c>
       <c r="D90" t="s">
         <v>11</v>
       </c>
       <c r="E90">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="F90">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G90">
-        <v>604</v>
+        <v>337</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
         <v>278</v>
       </c>
       <c r="B91" t="s">
         <v>279</v>
       </c>
       <c r="C91" t="s">
         <v>280</v>
       </c>
       <c r="D91" t="s">
         <v>11</v>
       </c>
       <c r="E91">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="F91">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="G91">
-        <v>2191</v>
+        <v>604</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
         <v>281</v>
       </c>
       <c r="B92" t="s">
         <v>282</v>
       </c>
       <c r="C92" t="s">
         <v>283</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
       <c r="E92">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F92">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G92">
-        <v>333</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
         <v>284</v>
       </c>
       <c r="B93" t="s">
         <v>285</v>
       </c>
       <c r="C93" t="s">
         <v>286</v>
       </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
       <c r="E93">
         <v>20</v>
       </c>
       <c r="F93">
         <v>20</v>
       </c>
       <c r="G93">
-        <v>383</v>
+        <v>333</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
         <v>287</v>
       </c>
       <c r="B94" t="s">
         <v>288</v>
       </c>
       <c r="C94" t="s">
         <v>289</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
       <c r="E94">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="F94">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="G94">
-        <v>1321</v>
+        <v>383</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
         <v>290</v>
       </c>
       <c r="B95" t="s">
         <v>291</v>
       </c>
       <c r="C95" t="s">
         <v>292</v>
       </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
       <c r="E95">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="F95">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="G95">
-        <v>1294</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
         <v>293</v>
       </c>
       <c r="B96" t="s">
         <v>294</v>
       </c>
       <c r="C96" t="s">
         <v>295</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
       <c r="E96">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="F96">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="G96">
-        <v>2215</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
         <v>296</v>
       </c>
       <c r="B97" t="s">
         <v>297</v>
       </c>
       <c r="C97" t="s">
         <v>298</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
       <c r="E97">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="F97">
-        <v>37</v>
+        <v>29</v>
       </c>
       <c r="G97">
-        <v>3088</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
         <v>299</v>
       </c>
       <c r="B98" t="s">
         <v>300</v>
       </c>
       <c r="C98" t="s">
         <v>301</v>
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
       <c r="E98">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="F98">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="G98">
-        <v>2426</v>
+        <v>3088</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
         <v>302</v>
       </c>
       <c r="B99" t="s">
         <v>303</v>
       </c>
       <c r="C99" t="s">
         <v>304</v>
       </c>
       <c r="D99" t="s">
         <v>11</v>
       </c>
       <c r="E99">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F99">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="G99">
-        <v>538</v>
+        <v>2426</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
         <v>305</v>
       </c>
       <c r="B100" t="s">
         <v>306</v>
       </c>
       <c r="C100" t="s">
         <v>307</v>
       </c>
       <c r="D100" t="s">
         <v>11</v>
       </c>
       <c r="E100">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="F100">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="G100">
-        <v>393</v>
+        <v>538</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
         <v>308</v>
       </c>
       <c r="B101" t="s">
         <v>309</v>
       </c>
       <c r="C101" t="s">
         <v>310</v>
       </c>
       <c r="D101" t="s">
         <v>11</v>
       </c>
       <c r="E101">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="F101">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G101">
-        <v>459</v>
+        <v>393</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
         <v>311</v>
       </c>
       <c r="B102" t="s">
         <v>312</v>
       </c>
       <c r="C102" t="s">
         <v>313</v>
       </c>
       <c r="D102" t="s">
         <v>11</v>
       </c>
       <c r="E102">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="F102">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G102">
-        <v>1453</v>
+        <v>459</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
         <v>314</v>
       </c>
       <c r="B103" t="s">
         <v>315</v>
       </c>
       <c r="C103" t="s">
         <v>316</v>
       </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
       <c r="E103">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="F103">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="G103">
-        <v>298</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
         <v>317</v>
       </c>
       <c r="B104" t="s">
         <v>318</v>
       </c>
       <c r="C104" t="s">
         <v>319</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="F104">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="G104">
-        <v>651</v>
+        <v>298</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
         <v>320</v>
       </c>
       <c r="B105" t="s">
         <v>321</v>
       </c>
       <c r="C105" t="s">
         <v>322</v>
       </c>
       <c r="D105" t="s">
         <v>11</v>
       </c>
       <c r="E105">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="F105">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="G105">
-        <v>467</v>
+        <v>651</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
         <v>323</v>
       </c>
       <c r="B106" t="s">
         <v>324</v>
       </c>
       <c r="C106" t="s">
         <v>325</v>
       </c>
       <c r="D106" t="s">
         <v>11</v>
       </c>
       <c r="E106">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F106">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G106">
-        <v>259</v>
+        <v>467</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
         <v>326</v>
       </c>
       <c r="B107" t="s">
         <v>327</v>
       </c>
       <c r="C107" t="s">
         <v>328</v>
       </c>
       <c r="D107" t="s">
         <v>11</v>
       </c>
       <c r="E107">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="F107">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="G107">
-        <v>297</v>
+        <v>259</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
         <v>329</v>
       </c>
       <c r="B108" t="s">
         <v>330</v>
       </c>
       <c r="C108" t="s">
         <v>331</v>
       </c>
       <c r="D108" t="s">
         <v>11</v>
       </c>
       <c r="E108">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="F108">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="G108">
-        <v>913</v>
+        <v>297</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>332</v>
       </c>
       <c r="B109" t="s">
         <v>333</v>
       </c>
       <c r="C109" t="s">
         <v>334</v>
       </c>
       <c r="D109" t="s">
         <v>11</v>
       </c>
       <c r="E109">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="F109">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="G109">
-        <v>1507</v>
+        <v>913</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>335</v>
       </c>
       <c r="B110" t="s">
         <v>336</v>
       </c>
       <c r="C110" t="s">
         <v>337</v>
       </c>
       <c r="D110" t="s">
         <v>11</v>
       </c>
       <c r="E110">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="F110">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G110">
-        <v>1622</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>338</v>
       </c>
       <c r="B111" t="s">
         <v>339</v>
       </c>
       <c r="C111" t="s">
         <v>340</v>
       </c>
       <c r="D111" t="s">
         <v>11</v>
       </c>
       <c r="E111">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="F111">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="G111">
-        <v>690</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
         <v>341</v>
       </c>
       <c r="B112" t="s">
         <v>342</v>
       </c>
       <c r="C112" t="s">
         <v>343</v>
       </c>
       <c r="D112" t="s">
         <v>11</v>
       </c>
       <c r="E112">
         <v>14</v>
       </c>
       <c r="F112">
         <v>14</v>
       </c>
       <c r="G112">
-        <v>1362</v>
+        <v>690</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>344</v>
       </c>
       <c r="B113" t="s">
         <v>345</v>
       </c>
       <c r="C113" t="s">
         <v>346</v>
       </c>
       <c r="D113" t="s">
         <v>11</v>
       </c>
       <c r="E113">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="F113">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="G113">
-        <v>1255</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>347</v>
       </c>
       <c r="B114" t="s">
         <v>348</v>
       </c>
       <c r="C114" t="s">
         <v>349</v>
       </c>
       <c r="D114" t="s">
         <v>11</v>
       </c>
       <c r="E114">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="F114">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="G114">
-        <v>4559</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>350</v>
       </c>
       <c r="B115" t="s">
         <v>351</v>
       </c>
       <c r="C115" t="s">
         <v>352</v>
       </c>
       <c r="D115" t="s">
         <v>11</v>
       </c>
       <c r="E115">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="F115">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="G115">
-        <v>1747</v>
+        <v>4559</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>353</v>
       </c>
       <c r="B116" t="s">
         <v>354</v>
       </c>
       <c r="C116" t="s">
         <v>355</v>
       </c>
       <c r="D116" t="s">
         <v>11</v>
       </c>
       <c r="E116">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F116">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G116">
-        <v>702</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>356</v>
       </c>
       <c r="B117" t="s">
         <v>357</v>
       </c>
       <c r="C117" t="s">
         <v>358</v>
       </c>
       <c r="D117" t="s">
         <v>11</v>
       </c>
       <c r="E117">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F117">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="G117">
-        <v>919</v>
+        <v>702</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>359</v>
       </c>
       <c r="B118" t="s">
         <v>360</v>
       </c>
       <c r="C118" t="s">
         <v>361</v>
       </c>
       <c r="D118" t="s">
         <v>11</v>
       </c>
       <c r="E118">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F118">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="G118">
-        <v>1237</v>
+        <v>919</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>362</v>
       </c>
       <c r="B119" t="s">
         <v>363</v>
       </c>
       <c r="C119" t="s">
         <v>364</v>
       </c>
       <c r="D119" t="s">
         <v>11</v>
       </c>
       <c r="E119">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="F119">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="G119">
-        <v>1773</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>365</v>
       </c>
       <c r="B120" t="s">
         <v>366</v>
       </c>
       <c r="C120" t="s">
         <v>367</v>
       </c>
       <c r="D120" t="s">
         <v>11</v>
       </c>
       <c r="E120">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="F120">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="G120">
-        <v>2061</v>
+        <v>1773</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>368</v>
       </c>
       <c r="B121" t="s">
         <v>369</v>
       </c>
       <c r="C121" t="s">
         <v>370</v>
       </c>
       <c r="D121" t="s">
         <v>11</v>
       </c>
       <c r="E121">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="F121">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="G121">
-        <v>1523</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>371</v>
       </c>
       <c r="B122" t="s">
         <v>372</v>
       </c>
       <c r="C122" t="s">
         <v>373</v>
       </c>
       <c r="D122" t="s">
         <v>11</v>
       </c>
       <c r="E122">
-        <v>115</v>
+        <v>17</v>
       </c>
       <c r="F122">
-        <v>115</v>
+        <v>17</v>
       </c>
       <c r="G122">
-        <v>17633</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>374</v>
       </c>
       <c r="B123" t="s">
         <v>375</v>
       </c>
       <c r="C123" t="s">
         <v>376</v>
       </c>
       <c r="D123" t="s">
         <v>11</v>
       </c>
       <c r="E123">
-        <v>245</v>
+        <v>115</v>
       </c>
       <c r="F123">
-        <v>0</v>
+        <v>115</v>
+      </c>
+      <c r="G123">
+        <v>17633</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
         <v>377</v>
       </c>
       <c r="B124" t="s">
         <v>378</v>
       </c>
       <c r="C124" t="s">
         <v>379</v>
       </c>
       <c r="D124" t="s">
         <v>11</v>
       </c>
       <c r="E124">
-        <v>1131</v>
+        <v>245</v>
       </c>
       <c r="F124">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>380</v>
       </c>
       <c r="B125" t="s">
         <v>381</v>
       </c>
       <c r="C125" t="s">
         <v>382</v>
       </c>
       <c r="D125" t="s">
         <v>11</v>
       </c>
       <c r="E125">
-        <v>36</v>
+        <v>1131</v>
       </c>
       <c r="F125">
         <v>0</v>
+      </c>
+      <c r="H125" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>383</v>
       </c>
       <c r="B126" t="s">
         <v>384</v>
       </c>
       <c r="C126" t="s">
         <v>385</v>
       </c>
       <c r="D126" t="s">
         <v>11</v>
       </c>
       <c r="E126">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="F126">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>386</v>
       </c>
       <c r="B127" t="s">
         <v>387</v>
       </c>
       <c r="C127" t="s">
         <v>388</v>
       </c>
       <c r="D127" t="s">
         <v>11</v>
       </c>
       <c r="E127">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="F127">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>389</v>
       </c>
       <c r="B128" t="s">
         <v>390</v>
       </c>
       <c r="C128" t="s">
         <v>391</v>
       </c>
       <c r="D128" t="s">
         <v>11</v>
       </c>
       <c r="E128">
         <v>10</v>
       </c>
       <c r="F128">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>392</v>
       </c>
       <c r="B129" t="s">
         <v>393</v>
       </c>
       <c r="C129" t="s">
         <v>394</v>
       </c>
       <c r="D129" t="s">
         <v>11</v>
       </c>
       <c r="E129">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="F129">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>395</v>
       </c>
       <c r="B130" t="s">
         <v>396</v>
       </c>
       <c r="C130" t="s">
         <v>397</v>
       </c>
       <c r="D130" t="s">
         <v>11</v>
       </c>
       <c r="E130">
-        <v>28</v>
+        <v>7</v>
       </c>
       <c r="F130">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>398</v>
       </c>
       <c r="B131" t="s">
         <v>399</v>
       </c>
       <c r="C131" t="s">
         <v>400</v>
       </c>
       <c r="D131" t="s">
         <v>11</v>
       </c>
       <c r="E131">
-        <v>75</v>
+        <v>28</v>
       </c>
       <c r="F131">
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>401</v>
       </c>
       <c r="B132" t="s">
         <v>402</v>
       </c>
       <c r="C132" t="s">
         <v>403</v>
       </c>
       <c r="D132" t="s">
         <v>11</v>
       </c>
       <c r="E132">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="F132">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>404</v>
       </c>
       <c r="B133" t="s">
         <v>405</v>
       </c>
       <c r="C133" t="s">
         <v>406</v>
       </c>
       <c r="D133" t="s">
         <v>11</v>
       </c>
       <c r="E133">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="F133">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>407</v>
       </c>
       <c r="B134" t="s">
         <v>408</v>
       </c>
       <c r="C134" t="s">
         <v>409</v>
       </c>
       <c r="D134" t="s">
         <v>11</v>
       </c>
       <c r="E134">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="F134">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>410</v>
       </c>
       <c r="B135" t="s">
         <v>411</v>
       </c>
       <c r="C135" t="s">
         <v>412</v>
       </c>
       <c r="D135" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E135">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="F135">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>413</v>
       </c>
       <c r="B136" t="s">
         <v>414</v>
       </c>
       <c r="C136" t="s">
         <v>415</v>
       </c>
       <c r="D136" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E136">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="F136">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>416</v>
       </c>
       <c r="B137" t="s">
         <v>417</v>
       </c>
       <c r="C137" t="s">
         <v>418</v>
       </c>
       <c r="D137" t="s">
         <v>11</v>
       </c>
       <c r="E137">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="F137">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
         <v>419</v>
       </c>
       <c r="B138" t="s">
         <v>420</v>
       </c>
       <c r="C138" t="s">
         <v>421</v>
       </c>
       <c r="D138" t="s">
         <v>11</v>
       </c>
       <c r="E138">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="F138">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>422</v>
       </c>
       <c r="B139" t="s">
         <v>423</v>
       </c>
       <c r="C139" t="s">
         <v>424</v>
       </c>
       <c r="D139" t="s">
         <v>11</v>
       </c>
       <c r="E139">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F139">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>425</v>
       </c>
       <c r="B140" t="s">
         <v>426</v>
       </c>
       <c r="C140" t="s">
         <v>427</v>
       </c>
       <c r="D140" t="s">
         <v>11</v>
       </c>
       <c r="E140">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="F140">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>428</v>
       </c>
       <c r="B141" t="s">
         <v>429</v>
       </c>
       <c r="C141" t="s">
         <v>430</v>
       </c>
       <c r="D141" t="s">
         <v>11</v>
       </c>
       <c r="E141">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F141">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>431</v>
       </c>
       <c r="B142" t="s">
         <v>432</v>
       </c>
       <c r="C142" t="s">
         <v>433</v>
       </c>
       <c r="D142" t="s">
         <v>11</v>
       </c>
       <c r="E142">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="F142">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
         <v>434</v>
       </c>
       <c r="B143" t="s">
         <v>435</v>
       </c>
       <c r="C143" t="s">
         <v>436</v>
       </c>
       <c r="D143" t="s">
         <v>11</v>
       </c>
       <c r="E143">
-        <v>17</v>
+        <v>5</v>
       </c>
       <c r="F143">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
         <v>437</v>
       </c>
       <c r="B144" t="s">
         <v>438</v>
       </c>
       <c r="C144" t="s">
         <v>439</v>
       </c>
       <c r="D144" t="s">
         <v>11</v>
       </c>
       <c r="E144">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F144">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
         <v>440</v>
       </c>
       <c r="B145" t="s">
         <v>441</v>
       </c>
       <c r="C145" t="s">
         <v>442</v>
       </c>
       <c r="D145" t="s">
         <v>11</v>
       </c>
       <c r="E145">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="F145">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
         <v>443</v>
       </c>
       <c r="B146" t="s">
         <v>444</v>
       </c>
       <c r="C146" t="s">
         <v>445</v>
       </c>
       <c r="D146" t="s">
         <v>11</v>
       </c>
       <c r="E146">
         <v>9</v>
       </c>
       <c r="F146">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
         <v>446</v>
       </c>
       <c r="B147" t="s">
         <v>447</v>
       </c>
       <c r="C147" t="s">
         <v>448</v>
       </c>
       <c r="D147" t="s">
         <v>11</v>
       </c>
       <c r="E147">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F147">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
         <v>449</v>
       </c>
       <c r="B148" t="s">
         <v>450</v>
       </c>
       <c r="C148" t="s">
         <v>451</v>
       </c>
       <c r="D148" t="s">
         <v>11</v>
       </c>
       <c r="E148">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="F148">
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="B149" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="C149" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="D149" t="s">
         <v>11</v>
       </c>
       <c r="E149">
         <v>3</v>
       </c>
       <c r="F149">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>452</v>
       </c>
       <c r="B150" t="s">
         <v>453</v>
       </c>
       <c r="C150" t="s">
         <v>454</v>
       </c>
       <c r="D150" t="s">
         <v>11</v>
       </c>
       <c r="E150">
-        <v>19</v>
+        <v>3</v>
       </c>
       <c r="F150">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>455</v>
       </c>
       <c r="B151" t="s">
         <v>456</v>
       </c>
       <c r="C151" t="s">
         <v>457</v>
       </c>
       <c r="D151" t="s">
         <v>11</v>
       </c>
       <c r="E151">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F151">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>458</v>
       </c>
       <c r="B152" t="s">
         <v>459</v>
       </c>
       <c r="C152" t="s">
         <v>460</v>
       </c>
       <c r="D152" t="s">
         <v>11</v>
       </c>
       <c r="E152">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F152">
-        <v>19</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
         <v>461</v>
       </c>
       <c r="B153" t="s">
         <v>462</v>
       </c>
       <c r="C153" t="s">
         <v>463</v>
       </c>
       <c r="D153" t="s">
         <v>11</v>
       </c>
       <c r="E153">
-        <v>39</v>
+        <v>20</v>
       </c>
       <c r="F153">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="G153">
-        <v>1309</v>
+        <v>802</v>
       </c>
       <c r="H153" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
         <v>464</v>
       </c>
       <c r="B154" t="s">
         <v>465</v>
       </c>
       <c r="C154" t="s">
         <v>466</v>
       </c>
       <c r="D154" t="s">
         <v>11</v>
       </c>
       <c r="E154">
-        <v>1</v>
+        <v>39</v>
       </c>
       <c r="F154">
-        <v>1</v>
+        <v>39</v>
       </c>
       <c r="G154">
-        <v>51</v>
+        <v>1309</v>
+      </c>
+      <c r="H154" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
         <v>467</v>
       </c>
       <c r="B155" t="s">
         <v>468</v>
       </c>
       <c r="C155" t="s">
         <v>469</v>
       </c>
       <c r="D155" t="s">
         <v>11</v>
       </c>
       <c r="E155">
         <v>1</v>
       </c>
       <c r="F155">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G155">
-        <v>362</v>
+        <v>51</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>470</v>
       </c>
       <c r="B156" t="s">
         <v>471</v>
       </c>
       <c r="C156" t="s">
         <v>472</v>
       </c>
       <c r="D156" t="s">
         <v>11</v>
       </c>
       <c r="E156">
         <v>1</v>
       </c>
       <c r="F156">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G156">
-        <v>1677</v>
+        <v>362</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
         <v>473</v>
       </c>
       <c r="B157" t="s">
         <v>474</v>
       </c>
       <c r="C157" t="s">
         <v>475</v>
       </c>
       <c r="D157" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E157">
         <v>1</v>
       </c>
       <c r="F157">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G157">
+        <v>1677</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
         <v>476</v>
       </c>
       <c r="B158" t="s">
         <v>477</v>
       </c>
       <c r="C158" t="s">
         <v>478</v>
       </c>
       <c r="D158" t="s">
         <v>15</v>
       </c>
       <c r="E158">
         <v>1</v>
       </c>
       <c r="F158">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
         <v>479</v>
       </c>
       <c r="B159" t="s">
         <v>480</v>
       </c>
       <c r="C159" t="s">
         <v>481</v>
       </c>
       <c r="D159" t="s">
         <v>15</v>
       </c>
       <c r="E159">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F159">
-        <v>5</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
         <v>482</v>
       </c>
       <c r="B160" t="s">
         <v>483</v>
       </c>
       <c r="C160" t="s">
         <v>484</v>
       </c>
       <c r="D160" t="s">
         <v>15</v>
       </c>
       <c r="E160">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="F160">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G160">
-        <v>4</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>19</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
         <v>485</v>
       </c>
       <c r="B161" t="s">
         <v>486</v>
       </c>
       <c r="C161" t="s">
         <v>487</v>
       </c>
       <c r="D161" t="s">
         <v>15</v>
       </c>
       <c r="E161">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="F161">
-        <v>0</v>
+        <v>4</v>
+      </c>
+      <c r="G161">
+        <v>4</v>
+      </c>
+      <c r="H161" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
         <v>488</v>
       </c>
       <c r="B162" t="s">
         <v>489</v>
       </c>
       <c r="C162" t="s">
         <v>490</v>
       </c>
       <c r="D162" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E162">
         <v>1</v>
       </c>
       <c r="F162">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
         <v>491</v>
       </c>
       <c r="B163" t="s">
         <v>492</v>
       </c>
       <c r="C163" t="s">
         <v>493</v>
       </c>
       <c r="D163" t="s">
         <v>11</v>
       </c>
       <c r="E163">
         <v>1</v>
       </c>
       <c r="F163">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>1</v>
+      </c>
+      <c r="G163">
+        <v>32</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
         <v>494</v>
       </c>
       <c r="B164" t="s">
         <v>495</v>
       </c>
       <c r="C164" t="s">
         <v>496</v>
       </c>
       <c r="D164" t="s">
         <v>11</v>
       </c>
       <c r="E164">
         <v>1</v>
       </c>
       <c r="F164">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>35</v>
+        <v>0</v>
+      </c>
+      <c r="H164" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
         <v>497</v>
       </c>
       <c r="B165" t="s">
         <v>498</v>
       </c>
       <c r="C165" t="s">
         <v>499</v>
       </c>
       <c r="D165" t="s">
         <v>11</v>
       </c>
       <c r="E165">
-        <v>182</v>
+        <v>1</v>
       </c>
       <c r="F165">
-        <v>182</v>
+        <v>1</v>
       </c>
       <c r="G165">
-        <v>971</v>
+        <v>35</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
         <v>500</v>
       </c>
       <c r="B166" t="s">
         <v>501</v>
       </c>
       <c r="C166" t="s">
         <v>502</v>
       </c>
       <c r="D166" t="s">
         <v>11</v>
       </c>
       <c r="E166">
-        <v>1</v>
+        <v>182</v>
       </c>
       <c r="F166">
-        <v>1</v>
+        <v>182</v>
       </c>
       <c r="G166">
-        <v>78</v>
+        <v>971</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
         <v>503</v>
       </c>
       <c r="B167" t="s">
         <v>504</v>
       </c>
       <c r="C167" t="s">
         <v>505</v>
       </c>
       <c r="D167" t="s">
         <v>11</v>
       </c>
       <c r="E167">
         <v>1</v>
       </c>
       <c r="F167">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G167">
-        <v>112</v>
+        <v>78</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
         <v>506</v>
       </c>
       <c r="B168" t="s">
         <v>507</v>
       </c>
       <c r="C168" t="s">
         <v>508</v>
       </c>
       <c r="D168" t="s">
         <v>11</v>
       </c>
       <c r="E168">
         <v>1</v>
       </c>
       <c r="F168">
         <v>0</v>
       </c>
       <c r="G168">
-        <v>189</v>
+        <v>112</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
         <v>509</v>
       </c>
       <c r="B169" t="s">
         <v>510</v>
       </c>
       <c r="C169" t="s">
         <v>511</v>
       </c>
       <c r="D169" t="s">
         <v>11</v>
       </c>
       <c r="E169">
         <v>1</v>
       </c>
       <c r="F169">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G169">
-        <v>135</v>
+        <v>189</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
         <v>512</v>
       </c>
       <c r="B170" t="s">
         <v>513</v>
       </c>
       <c r="C170" t="s">
         <v>514</v>
       </c>
       <c r="D170" t="s">
         <v>11</v>
       </c>
       <c r="E170">
         <v>1</v>
       </c>
       <c r="F170">
         <v>1</v>
       </c>
       <c r="G170">
-        <v>57</v>
+        <v>135</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
         <v>515</v>
       </c>
       <c r="B171" t="s">
         <v>516</v>
       </c>
       <c r="C171" t="s">
         <v>517</v>
       </c>
       <c r="D171" t="s">
         <v>11</v>
       </c>
       <c r="E171">
         <v>1</v>
       </c>
       <c r="F171">
         <v>1</v>
       </c>
       <c r="G171">
-        <v>163</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>57</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
         <v>518</v>
       </c>
       <c r="B172" t="s">
         <v>519</v>
       </c>
       <c r="C172" t="s">
         <v>520</v>
       </c>
       <c r="D172" t="s">
         <v>11</v>
       </c>
       <c r="E172">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F172">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G172">
-        <v>8</v>
+        <v>163</v>
+      </c>
+      <c r="H172" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
         <v>521</v>
       </c>
       <c r="B173" t="s">
         <v>522</v>
       </c>
       <c r="C173" t="s">
         <v>523</v>
       </c>
       <c r="D173" t="s">
         <v>11</v>
       </c>
       <c r="E173">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F173">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G173">
-        <v>78</v>
+        <v>8</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
         <v>524</v>
       </c>
       <c r="B174" t="s">
         <v>525</v>
       </c>
       <c r="C174" t="s">
         <v>526</v>
       </c>
       <c r="D174" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E174">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="F174">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="G174">
-        <v>66</v>
+        <v>78</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
         <v>527</v>
       </c>
       <c r="B175" t="s">
         <v>528</v>
       </c>
       <c r="C175" t="s">
         <v>529</v>
       </c>
       <c r="D175" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E175">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="F175">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="G175">
-        <v>14</v>
+        <v>66</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
         <v>530</v>
       </c>
       <c r="B176" t="s">
         <v>531</v>
       </c>
       <c r="C176" t="s">
         <v>532</v>
       </c>
       <c r="D176" t="s">
         <v>11</v>
       </c>
       <c r="E176">
         <v>1</v>
       </c>
       <c r="F176">
         <v>1</v>
       </c>
       <c r="G176">
-        <v>195</v>
+        <v>14</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
         <v>533</v>
       </c>
       <c r="B177" t="s">
         <v>534</v>
       </c>
       <c r="C177" t="s">
         <v>535</v>
       </c>
       <c r="D177" t="s">
         <v>11</v>
       </c>
       <c r="E177">
         <v>1</v>
       </c>
       <c r="F177">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G177">
+        <v>195</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
         <v>536</v>
       </c>
       <c r="B178" t="s">
         <v>537</v>
       </c>
       <c r="C178" t="s">
         <v>538</v>
       </c>
       <c r="D178" t="s">
         <v>11</v>
       </c>
       <c r="E178">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F178">
-        <v>5</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
         <v>539</v>
       </c>
       <c r="B179" t="s">
         <v>540</v>
       </c>
       <c r="C179" t="s">
         <v>541</v>
       </c>
       <c r="D179" t="s">
         <v>11</v>
       </c>
       <c r="E179">
-        <v>347</v>
+        <v>5</v>
       </c>
       <c r="F179">
-        <v>346</v>
+        <v>5</v>
       </c>
       <c r="G179">
-        <v>1497</v>
+        <v>460</v>
       </c>
       <c r="H179" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
         <v>542</v>
       </c>
       <c r="B180" t="s">
         <v>543</v>
       </c>
       <c r="C180" t="s">
         <v>544</v>
       </c>
       <c r="D180" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E180">
-        <v>19</v>
+        <v>347</v>
       </c>
       <c r="F180">
-        <v>17</v>
+        <v>346</v>
       </c>
       <c r="G180">
-        <v>154</v>
+        <v>1497</v>
+      </c>
+      <c r="H180" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
         <v>545</v>
       </c>
       <c r="B181" t="s">
         <v>546</v>
       </c>
       <c r="C181" t="s">
         <v>547</v>
       </c>
       <c r="D181" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E181">
-        <v>66</v>
+        <v>19</v>
       </c>
       <c r="F181">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="G181">
-        <v>212</v>
+        <v>154</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
         <v>548</v>
       </c>
       <c r="B182" t="s">
         <v>549</v>
       </c>
       <c r="C182" t="s">
         <v>550</v>
       </c>
       <c r="D182" t="s">
         <v>11</v>
       </c>
       <c r="E182">
-        <v>14</v>
+        <v>66</v>
       </c>
       <c r="F182">
-        <v>12</v>
+        <v>56</v>
       </c>
       <c r="G182">
-        <v>105</v>
+        <v>212</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
         <v>551</v>
       </c>
       <c r="B183" t="s">
         <v>552</v>
       </c>
       <c r="C183" t="s">
         <v>553</v>
       </c>
       <c r="D183" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E183">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="F183">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="G183">
-        <v>118</v>
+        <v>105</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
         <v>554</v>
       </c>
       <c r="B184" t="s">
         <v>555</v>
       </c>
       <c r="C184" t="s">
         <v>556</v>
       </c>
       <c r="D184" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E184">
         <v>1</v>
       </c>
       <c r="F184">
         <v>1</v>
       </c>
       <c r="G184">
-        <v>56</v>
+        <v>118</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
         <v>557</v>
       </c>
       <c r="B185" t="s">
         <v>558</v>
       </c>
       <c r="C185" t="s">
         <v>559</v>
       </c>
       <c r="D185" t="s">
         <v>11</v>
       </c>
       <c r="E185">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="F185">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="G185">
-        <v>301</v>
+        <v>56</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
         <v>560</v>
       </c>
       <c r="B186" t="s">
         <v>561</v>
       </c>
       <c r="C186" t="s">
         <v>562</v>
       </c>
       <c r="D186" t="s">
         <v>11</v>
       </c>
       <c r="E186">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="F186">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="G186">
-        <v>216</v>
+        <v>301</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
         <v>563</v>
       </c>
       <c r="B187" t="s">
         <v>564</v>
       </c>
       <c r="C187" t="s">
         <v>565</v>
       </c>
       <c r="D187" t="s">
         <v>11</v>
       </c>
       <c r="E187">
-        <v>3</v>
+        <v>21</v>
       </c>
       <c r="F187">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="G187">
-        <v>189</v>
+        <v>216</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
         <v>566</v>
       </c>
       <c r="B188" t="s">
         <v>567</v>
       </c>
       <c r="C188" t="s">
         <v>568</v>
       </c>
       <c r="D188" t="s">
-        <v>47</v>
+        <v>11</v>
       </c>
       <c r="E188">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F188">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>2</v>
+      </c>
+      <c r="G188">
+        <v>189</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
         <v>569</v>
       </c>
       <c r="B189" t="s">
         <v>570</v>
       </c>
       <c r="C189" t="s">
         <v>571</v>
       </c>
       <c r="D189" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E189">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F189">
-        <v>6</v>
-[...2 lines deleted...]
-        <v>269</v>
+        <v>0</v>
+      </c>
+      <c r="H189" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
         <v>572</v>
       </c>
       <c r="B190" t="s">
         <v>573</v>
       </c>
       <c r="C190" t="s">
         <v>574</v>
       </c>
       <c r="D190" t="s">
         <v>11</v>
       </c>
       <c r="E190">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F190">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="G190">
-        <v>90</v>
+        <v>269</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
         <v>575</v>
       </c>
       <c r="B191" t="s">
         <v>576</v>
       </c>
       <c r="C191" t="s">
         <v>577</v>
       </c>
       <c r="D191" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E191">
         <v>1</v>
       </c>
       <c r="F191">
         <v>1</v>
       </c>
       <c r="G191">
-        <v>81</v>
+        <v>90</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
         <v>578</v>
       </c>
       <c r="B192" t="s">
         <v>579</v>
       </c>
       <c r="C192" t="s">
         <v>580</v>
       </c>
       <c r="D192" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E192">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F192">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G192">
-        <v>40</v>
+        <v>81</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
         <v>581</v>
       </c>
       <c r="B193" t="s">
         <v>582</v>
       </c>
       <c r="C193" t="s">
         <v>583</v>
       </c>
       <c r="D193" t="s">
         <v>11</v>
       </c>
       <c r="E193">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F193">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="G193">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>40</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
         <v>584</v>
       </c>
       <c r="B194" t="s">
         <v>585</v>
       </c>
       <c r="C194" t="s">
         <v>586</v>
       </c>
       <c r="D194" t="s">
         <v>11</v>
       </c>
       <c r="E194">
         <v>2</v>
       </c>
       <c r="F194">
         <v>2</v>
       </c>
       <c r="G194">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="H194" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
         <v>587</v>
       </c>
       <c r="B195" t="s">
         <v>588</v>
       </c>
       <c r="C195" t="s">
         <v>589</v>
       </c>
       <c r="D195" t="s">
         <v>11</v>
       </c>
       <c r="E195">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F195">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="G195">
-        <v>77</v>
+        <v>8</v>
+      </c>
+      <c r="H195" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
         <v>590</v>
       </c>
       <c r="B196" t="s">
         <v>591</v>
       </c>
       <c r="C196" t="s">
         <v>592</v>
       </c>
       <c r="D196" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E196">
         <v>5</v>
       </c>
       <c r="F196">
         <v>5</v>
       </c>
       <c r="G196">
-        <v>605</v>
+        <v>77</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>593</v>
       </c>
       <c r="B197" t="s">
         <v>594</v>
       </c>
       <c r="C197" t="s">
         <v>595</v>
       </c>
       <c r="D197" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E197">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F197">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G197">
-        <v>58</v>
+        <v>605</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>596</v>
       </c>
       <c r="B198" t="s">
         <v>597</v>
       </c>
       <c r="C198" t="s">
         <v>598</v>
       </c>
       <c r="D198" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E198">
         <v>1</v>
       </c>
       <c r="F198">
         <v>1</v>
       </c>
       <c r="G198">
-        <v>15</v>
+        <v>5</v>
+      </c>
+      <c r="H198" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>599</v>
       </c>
       <c r="B199" t="s">
         <v>600</v>
       </c>
       <c r="C199" t="s">
         <v>601</v>
       </c>
       <c r="D199" t="s">
         <v>11</v>
       </c>
       <c r="E199">
-        <v>6</v>
+        <v>116</v>
       </c>
       <c r="F199">
-        <v>6</v>
+        <v>116</v>
       </c>
       <c r="G199">
-        <v>179</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
         <v>602</v>
       </c>
       <c r="B200" t="s">
         <v>603</v>
       </c>
       <c r="C200" t="s">
         <v>604</v>
       </c>
       <c r="D200" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E200">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F200">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="G200">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>58</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
         <v>605</v>
       </c>
       <c r="B201" t="s">
         <v>606</v>
       </c>
       <c r="C201" t="s">
         <v>607</v>
       </c>
       <c r="D201" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E201">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F201">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="G201">
-        <v>37</v>
+        <v>15</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>608</v>
       </c>
       <c r="B202" t="s">
         <v>609</v>
       </c>
       <c r="C202" t="s">
         <v>610</v>
       </c>
       <c r="D202" t="s">
         <v>11</v>
       </c>
       <c r="E202">
-        <v>80</v>
+        <v>6</v>
       </c>
       <c r="F202">
-        <v>67</v>
+        <v>6</v>
       </c>
       <c r="G202">
-        <v>1727</v>
+        <v>179</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>611</v>
       </c>
       <c r="B203" t="s">
         <v>612</v>
       </c>
       <c r="C203" t="s">
         <v>613</v>
       </c>
       <c r="D203" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E203">
-        <v>42</v>
+        <v>9</v>
       </c>
       <c r="F203">
-        <v>40</v>
+        <v>9</v>
       </c>
       <c r="G203">
-        <v>1539</v>
+        <v>70</v>
+      </c>
+      <c r="H203" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
         <v>614</v>
       </c>
       <c r="B204" t="s">
         <v>615</v>
       </c>
       <c r="C204" t="s">
         <v>616</v>
       </c>
       <c r="D204" t="s">
         <v>15</v>
       </c>
       <c r="E204">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="F204">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="G204">
-        <v>59</v>
+        <v>37</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>617</v>
       </c>
       <c r="B205" t="s">
         <v>618</v>
       </c>
       <c r="C205" t="s">
         <v>619</v>
       </c>
       <c r="D205" t="s">
         <v>11</v>
       </c>
       <c r="E205">
-        <v>90</v>
+        <v>80</v>
       </c>
       <c r="F205">
-        <v>83</v>
+        <v>67</v>
       </c>
       <c r="G205">
-        <v>156</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>620</v>
       </c>
       <c r="B206" t="s">
         <v>621</v>
       </c>
       <c r="C206" t="s">
         <v>622</v>
       </c>
       <c r="D206" t="s">
         <v>11</v>
       </c>
       <c r="E206">
-        <v>1</v>
+        <v>42</v>
       </c>
       <c r="F206">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="G206">
-        <v>1</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>623</v>
       </c>
       <c r="B207" t="s">
         <v>624</v>
       </c>
       <c r="C207" t="s">
         <v>625</v>
       </c>
       <c r="D207" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E207">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F207">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G207">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>59</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>626</v>
       </c>
       <c r="B208" t="s">
         <v>627</v>
       </c>
       <c r="C208" t="s">
         <v>628</v>
       </c>
       <c r="D208" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E208">
-        <v>1</v>
+        <v>90</v>
       </c>
       <c r="F208">
-        <v>1</v>
+        <v>83</v>
       </c>
       <c r="G208">
-        <v>33</v>
+        <v>156</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>629</v>
       </c>
       <c r="B209" t="s">
         <v>630</v>
       </c>
       <c r="C209" t="s">
         <v>631</v>
       </c>
       <c r="D209" t="s">
         <v>11</v>
       </c>
       <c r="E209">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F209">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G209">
-        <v>183</v>
+        <v>1</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>632</v>
       </c>
       <c r="B210" t="s">
         <v>633</v>
       </c>
       <c r="C210" t="s">
         <v>634</v>
       </c>
       <c r="D210" t="s">
         <v>11</v>
       </c>
       <c r="E210">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="F210">
+        <v>1</v>
+      </c>
+      <c r="G210">
+        <v>73</v>
+      </c>
+      <c r="H210" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>635</v>
       </c>
       <c r="B211" t="s">
         <v>636</v>
       </c>
       <c r="C211" t="s">
         <v>637</v>
       </c>
       <c r="D211" t="s">
         <v>15</v>
       </c>
       <c r="E211">
         <v>1</v>
       </c>
       <c r="F211">
         <v>1</v>
       </c>
       <c r="G211">
-        <v>21</v>
+        <v>33</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>638</v>
       </c>
       <c r="B212" t="s">
         <v>639</v>
       </c>
       <c r="C212" t="s">
         <v>640</v>
       </c>
       <c r="D212" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E212">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="F212">
-        <v>27</v>
+        <v>7</v>
       </c>
       <c r="G212">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>183</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>641</v>
       </c>
       <c r="B213" t="s">
         <v>642</v>
       </c>
       <c r="C213" t="s">
         <v>643</v>
       </c>
       <c r="D213" t="s">
         <v>11</v>
       </c>
       <c r="E213">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="F213">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="G213">
-        <v>2</v>
+        <v>59</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>644</v>
       </c>
       <c r="B214" t="s">
         <v>645</v>
       </c>
       <c r="C214" t="s">
         <v>646</v>
       </c>
       <c r="D214" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E214">
-        <v>242</v>
+        <v>1</v>
       </c>
       <c r="F214">
-        <v>242</v>
+        <v>1</v>
       </c>
       <c r="G214">
-        <v>4986</v>
+        <v>21</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
         <v>647</v>
       </c>
       <c r="B215" t="s">
         <v>648</v>
       </c>
       <c r="C215" t="s">
         <v>649</v>
       </c>
       <c r="D215" t="s">
         <v>15</v>
       </c>
       <c r="E215">
-        <v>1</v>
+        <v>33</v>
       </c>
       <c r="F215">
-        <v>0</v>
+        <v>27</v>
+      </c>
+      <c r="G215">
+        <v>145</v>
+      </c>
+      <c r="H215" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>650</v>
       </c>
       <c r="B216" t="s">
         <v>651</v>
       </c>
       <c r="C216" t="s">
         <v>652</v>
       </c>
       <c r="D216" t="s">
-        <v>653</v>
+        <v>11</v>
       </c>
       <c r="E216">
         <v>1</v>
       </c>
       <c r="F216">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G216">
+        <v>2</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
+        <v>653</v>
+      </c>
+      <c r="B217" t="s">
         <v>654</v>
       </c>
-      <c r="B217" t="s">
+      <c r="C217" t="s">
         <v>655</v>
       </c>
-      <c r="C217" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D217" t="s">
-        <v>653</v>
+        <v>11</v>
       </c>
       <c r="E217">
-        <v>1</v>
+        <v>242</v>
       </c>
       <c r="F217">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>242</v>
+      </c>
+      <c r="G217">
+        <v>4986</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
+        <v>656</v>
+      </c>
+      <c r="B218" t="s">
         <v>657</v>
       </c>
-      <c r="B218" t="s">
+      <c r="C218" t="s">
         <v>658</v>
       </c>
-      <c r="C218" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D218" t="s">
         <v>15</v>
       </c>
       <c r="E218">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F218">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>810</v>
+        <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
+        <v>659</v>
+      </c>
+      <c r="B219" t="s">
         <v>660</v>
       </c>
-      <c r="B219" t="s">
+      <c r="C219" t="s">
         <v>661</v>
       </c>
-      <c r="C219" t="s">
+      <c r="D219" t="s">
         <v>662</v>
       </c>
-      <c r="D219" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E219">
         <v>1</v>
       </c>
       <c r="F219">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>327</v>
+        <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>663</v>
       </c>
       <c r="B220" t="s">
         <v>664</v>
       </c>
       <c r="C220" t="s">
         <v>665</v>
       </c>
       <c r="D220" t="s">
-        <v>15</v>
+        <v>662</v>
       </c>
       <c r="E220">
         <v>1</v>
       </c>
       <c r="F220">
         <v>0</v>
+      </c>
+      <c r="H220" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>666</v>
       </c>
       <c r="B221" t="s">
         <v>667</v>
       </c>
       <c r="C221" t="s">
         <v>668</v>
       </c>
       <c r="D221" t="s">
         <v>15</v>
       </c>
       <c r="E221">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F221">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G221">
-        <v>61</v>
+        <v>810</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>669</v>
       </c>
       <c r="B222" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="C222" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="D222" t="s">
-        <v>11</v>
+        <v>662</v>
       </c>
       <c r="E222">
-        <v>345</v>
+        <v>1</v>
       </c>
       <c r="F222">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G222">
-        <v>19071</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>327</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="B223" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="C223" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="D223" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E223">
-        <v>557</v>
+        <v>1</v>
       </c>
       <c r="F223">
-        <v>246</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="B224" t="s">
-        <v>673</v>
+        <v>676</v>
       </c>
       <c r="C224" t="s">
-        <v>674</v>
+        <v>677</v>
       </c>
       <c r="D224" t="s">
         <v>15</v>
       </c>
       <c r="E224">
-        <v>602</v>
+        <v>6</v>
       </c>
       <c r="F224">
-        <v>309</v>
+        <v>6</v>
       </c>
       <c r="G224">
-        <v>34460</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>61</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="B225" t="s">
-        <v>675</v>
+        <v>678</v>
       </c>
       <c r="C225" t="s">
-        <v>676</v>
+        <v>679</v>
       </c>
       <c r="D225" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E225">
-        <v>1227</v>
+        <v>345</v>
       </c>
       <c r="F225">
-        <v>1110</v>
+        <v>0</v>
       </c>
       <c r="G225">
-        <v>42206</v>
+        <v>19071</v>
       </c>
       <c r="H225" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="B226" t="s">
-        <v>677</v>
+        <v>680</v>
       </c>
       <c r="C226" t="s">
-        <v>678</v>
+        <v>681</v>
       </c>
       <c r="D226" t="s">
         <v>11</v>
       </c>
       <c r="E226">
-        <v>1231</v>
+        <v>557</v>
       </c>
       <c r="F226">
-        <v>1119</v>
+        <v>246</v>
       </c>
       <c r="G226">
-        <v>43206</v>
+        <v>30776</v>
+      </c>
+      <c r="H226" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="B227" t="s">
-        <v>679</v>
+        <v>682</v>
       </c>
       <c r="C227" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="D227" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E227">
-        <v>1613</v>
+        <v>602</v>
       </c>
       <c r="F227">
-        <v>0</v>
+        <v>309</v>
+      </c>
+      <c r="G227">
+        <v>34460</v>
+      </c>
+      <c r="H227" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="B228" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="C228" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="D228" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E228">
-        <v>44</v>
+        <v>1227</v>
       </c>
       <c r="F228">
-        <v>36</v>
+        <v>1110</v>
       </c>
       <c r="G228">
-        <v>696</v>
+        <v>42206</v>
+      </c>
+      <c r="H228" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="B229" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="C229" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="D229" t="s">
         <v>11</v>
       </c>
       <c r="E229">
-        <v>1</v>
+        <v>1230</v>
       </c>
       <c r="F229">
-        <v>1</v>
+        <v>1119</v>
       </c>
       <c r="G229">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>43206</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="B230" t="s">
         <v>688</v>
       </c>
       <c r="C230" t="s">
         <v>689</v>
       </c>
       <c r="D230" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E230">
-        <v>1</v>
+        <v>1613</v>
       </c>
       <c r="F230">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>690</v>
       </c>
       <c r="B231" t="s">
         <v>691</v>
       </c>
       <c r="C231" t="s">
         <v>692</v>
       </c>
       <c r="D231" t="s">
         <v>11</v>
       </c>
       <c r="E231">
-        <v>1</v>
+        <v>44</v>
       </c>
       <c r="F231">
-        <v>1</v>
+        <v>36</v>
       </c>
       <c r="G231">
-        <v>50</v>
+        <v>696</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>693</v>
       </c>
       <c r="B232" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C232" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="D232" t="s">
         <v>11</v>
       </c>
       <c r="E232">
-        <v>2264</v>
+        <v>1</v>
       </c>
       <c r="F232">
-        <v>1003</v>
+        <v>1</v>
       </c>
       <c r="G232">
-        <v>59265</v>
+        <v>16</v>
+      </c>
+      <c r="H232" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="B233" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="C233" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="D233" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E233">
-        <v>3159</v>
+        <v>1</v>
       </c>
       <c r="F233">
-        <v>1523</v>
+        <v>1</v>
       </c>
       <c r="G233">
-        <v>82053</v>
+        <v>159</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="B234" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="C234" t="s">
-        <v>699</v>
+        <v>701</v>
+      </c>
+      <c r="D234" t="s">
+        <v>11</v>
       </c>
       <c r="E234">
-        <v>4894</v>
+        <v>1</v>
       </c>
       <c r="F234">
-        <v>3229</v>
+        <v>1</v>
       </c>
       <c r="G234">
-        <v>123981</v>
+        <v>50</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="B235" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="C235" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
       <c r="D235" t="s">
         <v>11</v>
       </c>
       <c r="E235">
-        <v>2202</v>
+        <v>2264</v>
       </c>
       <c r="F235">
-        <v>1</v>
+        <v>1003</v>
       </c>
       <c r="G235">
-        <v>53529</v>
+        <v>59265</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="B236" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="C236" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="D236" t="s">
         <v>11</v>
       </c>
       <c r="E236">
-        <v>949</v>
+        <v>3159</v>
       </c>
       <c r="F236">
-        <v>0</v>
+        <v>1523</v>
+      </c>
+      <c r="G236">
+        <v>82053</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="B237" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="C237" t="s">
-        <v>705</v>
-[...2 lines deleted...]
-        <v>11</v>
+        <v>708</v>
       </c>
       <c r="E237">
-        <v>634</v>
+        <v>4894</v>
       </c>
       <c r="F237">
-        <v>0</v>
+        <v>3229</v>
+      </c>
+      <c r="G237">
+        <v>123981</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>706</v>
+        <v>709</v>
       </c>
       <c r="B238" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="C238" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="D238" t="s">
         <v>11</v>
       </c>
       <c r="E238">
-        <v>2</v>
+        <v>2202</v>
       </c>
       <c r="F238">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>1</v>
+      </c>
+      <c r="G238">
+        <v>53529</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="B239" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C239" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="D239" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E239">
-        <v>1</v>
+        <v>949</v>
       </c>
       <c r="F239">
         <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="B240" t="s">
         <v>713</v>
       </c>
       <c r="C240" t="s">
         <v>714</v>
       </c>
       <c r="D240" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E240">
-        <v>1</v>
+        <v>634</v>
       </c>
       <c r="F240">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
         <v>715</v>
       </c>
       <c r="B241" t="s">
         <v>716</v>
       </c>
       <c r="C241" t="s">
         <v>717</v>
       </c>
       <c r="D241" t="s">
-        <v>718</v>
+        <v>11</v>
       </c>
       <c r="E241">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F241">
         <v>0</v>
       </c>
+      <c r="H241" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
+        <v>718</v>
+      </c>
+      <c r="B242" t="s">
         <v>719</v>
       </c>
-      <c r="B242" t="s">
+      <c r="C242" t="s">
         <v>720</v>
       </c>
-      <c r="C242" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D242" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E242">
         <v>1</v>
       </c>
       <c r="F242">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>27</v>
+        <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
+        <v>721</v>
+      </c>
+      <c r="B243" t="s">
         <v>722</v>
       </c>
-      <c r="B243" t="s">
+      <c r="C243" t="s">
         <v>723</v>
       </c>
-      <c r="C243" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D243" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E243">
         <v>1</v>
       </c>
       <c r="F243">
         <v>1</v>
       </c>
       <c r="G243">
-        <v>20</v>
+        <v>89</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
+        <v>724</v>
+      </c>
+      <c r="B244" t="s">
         <v>725</v>
       </c>
-      <c r="B244" t="s">
+      <c r="C244" t="s">
         <v>726</v>
       </c>
-      <c r="C244" t="s">
+      <c r="D244" t="s">
         <v>727</v>
       </c>
-      <c r="D244" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E244">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F244">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>728</v>
       </c>
       <c r="B245" t="s">
         <v>729</v>
       </c>
       <c r="C245" t="s">
         <v>730</v>
       </c>
       <c r="D245" t="s">
         <v>11</v>
       </c>
       <c r="E245">
         <v>1</v>
       </c>
       <c r="F245">
         <v>1</v>
       </c>
       <c r="G245">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>731</v>
       </c>
       <c r="B246" t="s">
         <v>732</v>
       </c>
       <c r="C246" t="s">
         <v>733</v>
       </c>
       <c r="D246" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E246">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F246">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G246">
+        <v>20</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>734</v>
       </c>
       <c r="B247" t="s">
         <v>735</v>
       </c>
       <c r="C247" t="s">
         <v>736</v>
       </c>
       <c r="D247" t="s">
         <v>11</v>
       </c>
       <c r="E247">
         <v>1</v>
       </c>
       <c r="F247">
         <v>1</v>
       </c>
       <c r="G247">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>737</v>
       </c>
       <c r="B248" t="s">
         <v>738</v>
       </c>
       <c r="C248" t="s">
         <v>739</v>
       </c>
       <c r="D248" t="s">
         <v>11</v>
       </c>
       <c r="E248">
-        <v>28</v>
+        <v>1</v>
       </c>
       <c r="F248">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="G248">
-        <v>809</v>
+        <v>25</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>740</v>
       </c>
       <c r="B249" t="s">
         <v>741</v>
       </c>
       <c r="C249" t="s">
         <v>742</v>
       </c>
       <c r="D249" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E249">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F249">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>743</v>
       </c>
       <c r="B250" t="s">
         <v>744</v>
       </c>
       <c r="C250" t="s">
         <v>745</v>
       </c>
       <c r="D250" t="s">
         <v>11</v>
       </c>
       <c r="E250">
         <v>1</v>
       </c>
       <c r="F250">
         <v>1</v>
       </c>
       <c r="G250">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>21</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>746</v>
       </c>
       <c r="B251" t="s">
         <v>747</v>
       </c>
       <c r="C251" t="s">
         <v>748</v>
       </c>
       <c r="D251" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E251">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="F251">
-        <v>0</v>
+        <v>26</v>
+      </c>
+      <c r="G251">
+        <v>809</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>749</v>
       </c>
       <c r="B252" t="s">
         <v>750</v>
       </c>
       <c r="C252" t="s">
         <v>751</v>
       </c>
       <c r="D252" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E252">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="F252">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G252">
+        <v>98</v>
+      </c>
+      <c r="H252" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>752</v>
       </c>
       <c r="B253" t="s">
         <v>753</v>
       </c>
       <c r="C253" t="s">
         <v>754</v>
       </c>
       <c r="D253" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E253">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F253">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G253">
+        <v>75</v>
       </c>
       <c r="H253" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>755</v>
       </c>
       <c r="B254" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="C254" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="D254" t="s">
         <v>15</v>
       </c>
       <c r="E254">
-        <v>351</v>
+        <v>1</v>
       </c>
       <c r="F254">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>3870</v>
+        <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="B255" t="s">
-        <v>757</v>
+        <v>759</v>
       </c>
       <c r="C255" t="s">
-        <v>758</v>
+        <v>760</v>
       </c>
       <c r="D255" t="s">
         <v>15</v>
       </c>
       <c r="E255">
-        <v>565</v>
+        <v>23</v>
       </c>
       <c r="F255">
-        <v>262</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>759</v>
+        <v>761</v>
       </c>
       <c r="B256" t="s">
-        <v>760</v>
+        <v>762</v>
       </c>
       <c r="C256" t="s">
-        <v>761</v>
+        <v>763</v>
       </c>
       <c r="D256" t="s">
         <v>15</v>
       </c>
       <c r="E256">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F256">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="H256" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="B257" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="C257" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="D257" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E257">
-        <v>106</v>
+        <v>351</v>
       </c>
       <c r="F257">
-        <v>69</v>
+        <v>99</v>
       </c>
       <c r="G257">
-        <v>1621</v>
+        <v>3870</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="B258" t="s">
         <v>766</v>
       </c>
       <c r="C258" t="s">
         <v>767</v>
       </c>
       <c r="D258" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E258">
-        <v>12</v>
+        <v>565</v>
       </c>
       <c r="F258">
-        <v>12</v>
+        <v>262</v>
       </c>
       <c r="G258">
-        <v>377</v>
+        <v>4357</v>
+      </c>
+      <c r="H258" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>768</v>
       </c>
       <c r="B259" t="s">
         <v>769</v>
       </c>
       <c r="C259" t="s">
         <v>770</v>
       </c>
       <c r="D259" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E259">
-        <v>133</v>
+        <v>1</v>
       </c>
       <c r="F259">
-        <v>126</v>
+        <v>1</v>
       </c>
       <c r="G259">
-        <v>1167</v>
+        <v>17</v>
+      </c>
+      <c r="H259" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>771</v>
       </c>
       <c r="B260" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="C260" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="D260" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E260">
-        <v>2213</v>
+        <v>106</v>
       </c>
       <c r="F260">
-        <v>1863</v>
+        <v>69</v>
       </c>
       <c r="G260">
-        <v>28854</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="B261" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="C261" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="D261" t="s">
         <v>11</v>
       </c>
       <c r="E261">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="F261">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="G261">
-        <v>291</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>377</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="B262" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="C262" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="D262" t="s">
         <v>11</v>
       </c>
       <c r="E262">
-        <v>111</v>
+        <v>133</v>
       </c>
       <c r="F262">
-        <v>108</v>
+        <v>126</v>
       </c>
       <c r="G262">
-        <v>410</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="B263" t="s">
         <v>780</v>
       </c>
       <c r="C263" t="s">
         <v>781</v>
       </c>
       <c r="D263" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E263">
-        <v>1</v>
+        <v>2213</v>
       </c>
       <c r="F263">
-        <v>1</v>
+        <v>1863</v>
       </c>
       <c r="G263">
-        <v>169</v>
+        <v>28854</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>782</v>
       </c>
       <c r="B264" t="s">
         <v>783</v>
       </c>
       <c r="C264" t="s">
         <v>784</v>
       </c>
       <c r="D264" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E264">
-        <v>208</v>
+        <v>1</v>
       </c>
       <c r="F264">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G264">
+        <v>291</v>
+      </c>
+      <c r="H264" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>785</v>
       </c>
       <c r="B265" t="s">
         <v>786</v>
       </c>
       <c r="C265" t="s">
         <v>787</v>
       </c>
       <c r="D265" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E265">
-        <v>8</v>
+        <v>111</v>
       </c>
       <c r="F265">
-        <v>0</v>
+        <v>108</v>
+      </c>
+      <c r="G265">
+        <v>410</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>788</v>
       </c>
       <c r="B266" t="s">
         <v>789</v>
       </c>
       <c r="C266" t="s">
         <v>790</v>
       </c>
       <c r="D266" t="s">
         <v>11</v>
       </c>
       <c r="E266">
         <v>1</v>
       </c>
       <c r="F266">
         <v>1</v>
       </c>
       <c r="G266">
-        <v>663</v>
+        <v>169</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>791</v>
       </c>
       <c r="B267" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="C267" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="D267" t="s">
         <v>15</v>
       </c>
       <c r="E267">
-        <v>294</v>
+        <v>208</v>
       </c>
       <c r="F267">
         <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="B268" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="C268" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="D268" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E268">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F268">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>32</v>
+        <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="B269" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C269" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D269" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E269">
         <v>1</v>
       </c>
       <c r="F269">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G269">
-        <v>149</v>
+        <v>663</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="B270" t="s">
         <v>800</v>
       </c>
       <c r="C270" t="s">
         <v>801</v>
       </c>
       <c r="D270" t="s">
         <v>15</v>
       </c>
       <c r="E270">
-        <v>1</v>
+        <v>294</v>
       </c>
       <c r="F270">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>457</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
         <v>802</v>
       </c>
       <c r="B271" t="s">
         <v>803</v>
       </c>
       <c r="C271" t="s">
         <v>804</v>
       </c>
       <c r="D271" t="s">
         <v>11</v>
       </c>
       <c r="E271">
         <v>1</v>
       </c>
       <c r="F271">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G271">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>805</v>
       </c>
       <c r="B272" t="s">
         <v>806</v>
       </c>
       <c r="C272" t="s">
         <v>807</v>
       </c>
       <c r="D272" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E272">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F272">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G272">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>149</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>808</v>
       </c>
       <c r="B273" t="s">
         <v>809</v>
       </c>
       <c r="C273" t="s">
         <v>810</v>
       </c>
       <c r="D273" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E273">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F273">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G273">
-        <v>192</v>
+        <v>457</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>811</v>
       </c>
       <c r="B274" t="s">
         <v>812</v>
       </c>
       <c r="C274" t="s">
         <v>813</v>
       </c>
       <c r="D274" t="s">
         <v>11</v>
       </c>
       <c r="E274">
         <v>1</v>
       </c>
       <c r="F274">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G274">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="H274" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
         <v>814</v>
       </c>
       <c r="B275" t="s">
         <v>815</v>
       </c>
       <c r="C275" t="s">
         <v>816</v>
       </c>
       <c r="D275" t="s">
         <v>11</v>
       </c>
       <c r="E275">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F275">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="G275">
-        <v>54</v>
+        <v>25</v>
+      </c>
+      <c r="H275" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>817</v>
       </c>
       <c r="B276" t="s">
         <v>818</v>
       </c>
       <c r="C276" t="s">
         <v>819</v>
       </c>
       <c r="D276" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E276">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F276">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G276">
-        <v>33</v>
+        <v>192</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>820</v>
       </c>
       <c r="B277" t="s">
         <v>821</v>
       </c>
       <c r="C277" t="s">
         <v>822</v>
       </c>
       <c r="D277" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E277">
-        <v>78</v>
+        <v>1</v>
       </c>
       <c r="F277">
-        <v>78</v>
+        <v>1</v>
       </c>
       <c r="G277">
-        <v>284</v>
+        <v>57</v>
+      </c>
+      <c r="H277" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>823</v>
       </c>
       <c r="B278" t="s">
         <v>824</v>
       </c>
       <c r="C278" t="s">
         <v>825</v>
       </c>
       <c r="D278" t="s">
         <v>11</v>
       </c>
       <c r="E278">
-        <v>78</v>
+        <v>2</v>
       </c>
       <c r="F278">
-        <v>78</v>
+        <v>2</v>
       </c>
       <c r="G278">
-        <v>284</v>
+        <v>54</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>826</v>
       </c>
       <c r="B279" t="s">
         <v>827</v>
       </c>
       <c r="C279" t="s">
         <v>828</v>
       </c>
       <c r="D279" t="s">
         <v>15</v>
       </c>
       <c r="E279">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F279">
         <v>0</v>
+      </c>
+      <c r="G279">
+        <v>33</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>829</v>
       </c>
       <c r="B280" t="s">
         <v>830</v>
       </c>
       <c r="C280" t="s">
         <v>831</v>
       </c>
       <c r="D280" t="s">
         <v>15</v>
       </c>
       <c r="E280">
-        <v>1</v>
+        <v>78</v>
       </c>
       <c r="F280">
-        <v>1</v>
+        <v>78</v>
       </c>
       <c r="G280">
-        <v>24</v>
+        <v>284</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>832</v>
       </c>
       <c r="B281" t="s">
         <v>833</v>
       </c>
       <c r="C281" t="s">
         <v>834</v>
       </c>
       <c r="D281" t="s">
         <v>11</v>
       </c>
       <c r="E281">
-        <v>1</v>
+        <v>78</v>
       </c>
       <c r="F281">
-        <v>1</v>
+        <v>78</v>
       </c>
       <c r="G281">
-        <v>316</v>
+        <v>284</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>835</v>
       </c>
       <c r="B282" t="s">
         <v>836</v>
       </c>
       <c r="C282" t="s">
         <v>837</v>
       </c>
       <c r="D282" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E282">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="F282">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>838</v>
       </c>
       <c r="B283" t="s">
         <v>839</v>
       </c>
       <c r="C283" t="s">
         <v>840</v>
       </c>
       <c r="D283" t="s">
         <v>15</v>
       </c>
       <c r="E283">
         <v>1</v>
       </c>
       <c r="F283">
         <v>1</v>
       </c>
       <c r="G283">
-        <v>84</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>841</v>
       </c>
       <c r="B284" t="s">
         <v>842</v>
       </c>
       <c r="C284" t="s">
         <v>843</v>
       </c>
       <c r="D284" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E284">
         <v>1</v>
       </c>
       <c r="F284">
         <v>1</v>
       </c>
       <c r="G284">
-        <v>24</v>
+        <v>316</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
         <v>844</v>
       </c>
       <c r="B285" t="s">
         <v>845</v>
       </c>
       <c r="C285" t="s">
         <v>846</v>
       </c>
       <c r="D285" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E285">
         <v>1</v>
       </c>
       <c r="F285">
         <v>1</v>
       </c>
       <c r="G285">
-        <v>305</v>
+        <v>895</v>
+      </c>
+      <c r="H285" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>847</v>
       </c>
       <c r="B286" t="s">
         <v>848</v>
       </c>
       <c r="C286" t="s">
         <v>849</v>
       </c>
       <c r="D286" t="s">
         <v>15</v>
       </c>
       <c r="E286">
         <v>1</v>
       </c>
       <c r="F286">
         <v>1</v>
       </c>
       <c r="G286">
-        <v>20</v>
+        <v>84</v>
+      </c>
+      <c r="H286" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
         <v>850</v>
       </c>
       <c r="B287" t="s">
         <v>851</v>
       </c>
       <c r="C287" t="s">
         <v>852</v>
       </c>
       <c r="D287" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E287">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F287">
         <v>1</v>
       </c>
       <c r="G287">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>24</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>853</v>
       </c>
       <c r="B288" t="s">
         <v>854</v>
       </c>
       <c r="C288" t="s">
         <v>855</v>
       </c>
       <c r="D288" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E288">
         <v>1</v>
       </c>
       <c r="F288">
         <v>1</v>
       </c>
       <c r="G288">
-        <v>547</v>
+        <v>305</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>856</v>
       </c>
       <c r="B289" t="s">
         <v>857</v>
       </c>
       <c r="C289" t="s">
         <v>858</v>
       </c>
       <c r="D289" t="s">
         <v>15</v>
       </c>
       <c r="E289">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F289">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G289">
-        <v>65</v>
+        <v>20</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>859</v>
       </c>
       <c r="B290" t="s">
         <v>860</v>
       </c>
       <c r="C290" t="s">
         <v>861</v>
       </c>
       <c r="D290" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E290">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F290">
         <v>1</v>
       </c>
       <c r="G290">
-        <v>39</v>
+        <v>46</v>
+      </c>
+      <c r="H290" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
         <v>862</v>
       </c>
       <c r="B291" t="s">
         <v>863</v>
       </c>
       <c r="C291" t="s">
         <v>864</v>
       </c>
       <c r="D291" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E291">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F291">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G291">
-        <v>239</v>
+        <v>547</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
         <v>865</v>
       </c>
       <c r="B292" t="s">
         <v>866</v>
       </c>
       <c r="C292" t="s">
         <v>867</v>
       </c>
       <c r="D292" t="s">
         <v>15</v>
       </c>
       <c r="E292">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F292">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G292">
-        <v>307</v>
+        <v>65</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
         <v>868</v>
       </c>
       <c r="B293" t="s">
         <v>869</v>
       </c>
       <c r="C293" t="s">
         <v>870</v>
       </c>
       <c r="D293" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E293">
         <v>1</v>
       </c>
       <c r="F293">
         <v>1</v>
       </c>
       <c r="G293">
-        <v>240</v>
+        <v>39</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
         <v>871</v>
       </c>
       <c r="B294" t="s">
         <v>872</v>
       </c>
       <c r="C294" t="s">
         <v>873</v>
       </c>
       <c r="D294" t="s">
         <v>15</v>
       </c>
       <c r="E294">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F294">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G294">
-        <v>956</v>
+        <v>239</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
         <v>874</v>
       </c>
       <c r="B295" t="s">
         <v>875</v>
       </c>
       <c r="C295" t="s">
         <v>876</v>
       </c>
       <c r="D295" t="s">
         <v>15</v>
       </c>
       <c r="E295">
         <v>1</v>
       </c>
       <c r="F295">
         <v>1</v>
       </c>
       <c r="G295">
-        <v>43</v>
+        <v>307</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
         <v>877</v>
       </c>
       <c r="B296" t="s">
         <v>878</v>
       </c>
       <c r="C296" t="s">
         <v>879</v>
       </c>
       <c r="D296" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E296">
         <v>1</v>
       </c>
       <c r="F296">
         <v>1</v>
       </c>
       <c r="G296">
-        <v>72</v>
+        <v>240</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
         <v>880</v>
       </c>
       <c r="B297" t="s">
         <v>881</v>
       </c>
       <c r="C297" t="s">
         <v>882</v>
       </c>
       <c r="D297" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E297">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F297">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>3</v>
+      </c>
+      <c r="G297">
+        <v>956</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
         <v>883</v>
       </c>
       <c r="B298" t="s">
         <v>884</v>
       </c>
       <c r="C298" t="s">
         <v>885</v>
       </c>
       <c r="D298" t="s">
         <v>15</v>
       </c>
       <c r="E298">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F298">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G298">
-        <v>7</v>
+        <v>43</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
         <v>886</v>
       </c>
       <c r="B299" t="s">
         <v>887</v>
       </c>
       <c r="C299" t="s">
         <v>888</v>
       </c>
       <c r="D299" t="s">
         <v>15</v>
       </c>
       <c r="E299">
         <v>1</v>
       </c>
       <c r="F299">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G299">
+        <v>72</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
         <v>889</v>
       </c>
       <c r="B300" t="s">
         <v>890</v>
       </c>
       <c r="C300" t="s">
         <v>891</v>
       </c>
       <c r="D300" t="s">
         <v>11</v>
       </c>
       <c r="E300">
         <v>1</v>
       </c>
       <c r="F300">
         <v>0</v>
       </c>
+      <c r="H300" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
         <v>892</v>
       </c>
       <c r="B301" t="s">
         <v>893</v>
       </c>
       <c r="C301" t="s">
         <v>894</v>
       </c>
       <c r="D301" t="s">
         <v>15</v>
       </c>
       <c r="E301">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F301">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="G301">
-        <v>81</v>
+        <v>7</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
         <v>895</v>
       </c>
       <c r="B302" t="s">
         <v>896</v>
       </c>
       <c r="C302" t="s">
         <v>897</v>
       </c>
       <c r="D302" t="s">
-        <v>898</v>
+        <v>15</v>
       </c>
       <c r="E302">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F302">
-        <v>2</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>0</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
+        <v>898</v>
+      </c>
+      <c r="B303" t="s">
         <v>899</v>
       </c>
-      <c r="B303" t="s">
+      <c r="C303" t="s">
         <v>900</v>
       </c>
-      <c r="C303" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D303" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E303">
         <v>1</v>
       </c>
       <c r="F303">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>83</v>
+        <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
+        <v>901</v>
+      </c>
+      <c r="B304" t="s">
         <v>902</v>
       </c>
-      <c r="B304" t="s">
+      <c r="C304" t="s">
         <v>903</v>
       </c>
-      <c r="C304" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D304" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E304">
         <v>1</v>
       </c>
       <c r="F304">
         <v>1</v>
       </c>
       <c r="G304">
-        <v>562</v>
+        <v>81</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
+        <v>904</v>
+      </c>
+      <c r="B305" t="s">
         <v>905</v>
       </c>
-      <c r="B305" t="s">
+      <c r="C305" t="s">
         <v>906</v>
       </c>
-      <c r="C305" t="s">
+      <c r="D305" t="s">
         <v>907</v>
       </c>
-      <c r="D305" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E305">
-        <v>117</v>
+        <v>2</v>
       </c>
       <c r="F305">
-        <v>0</v>
+        <v>2</v>
+      </c>
+      <c r="G305">
+        <v>3</v>
       </c>
       <c r="H305" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
         <v>908</v>
       </c>
       <c r="B306" t="s">
         <v>909</v>
       </c>
       <c r="C306" t="s">
         <v>910</v>
       </c>
       <c r="D306" t="s">
         <v>15</v>
       </c>
       <c r="E306">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F306">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G306">
-        <v>1420</v>
+        <v>83</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
         <v>911</v>
       </c>
       <c r="B307" t="s">
         <v>912</v>
       </c>
       <c r="C307" t="s">
         <v>913</v>
       </c>
       <c r="D307" t="s">
         <v>11</v>
       </c>
       <c r="E307">
-        <v>105</v>
+        <v>1</v>
       </c>
       <c r="F307">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G307">
+        <v>562</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
         <v>914</v>
       </c>
       <c r="B308" t="s">
         <v>915</v>
       </c>
       <c r="C308" t="s">
         <v>916</v>
       </c>
       <c r="D308" t="s">
         <v>15</v>
       </c>
       <c r="E308">
-        <v>40</v>
+        <v>117</v>
       </c>
       <c r="F308">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>0</v>
+      </c>
+      <c r="H308" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
         <v>917</v>
       </c>
       <c r="B309" t="s">
         <v>918</v>
       </c>
       <c r="C309" t="s">
         <v>919</v>
       </c>
       <c r="D309" t="s">
         <v>15</v>
       </c>
       <c r="E309">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F309">
-        <v>0</v>
+        <v>2</v>
+      </c>
+      <c r="G309">
+        <v>1420</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
         <v>920</v>
       </c>
       <c r="B310" t="s">
         <v>921</v>
       </c>
       <c r="C310" t="s">
         <v>922</v>
       </c>
       <c r="D310" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E310">
-        <v>122</v>
+        <v>105</v>
       </c>
       <c r="F310">
-        <v>113</v>
-[...2 lines deleted...]
-        <v>493</v>
+        <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
         <v>923</v>
       </c>
       <c r="B311" t="s">
         <v>924</v>
       </c>
       <c r="C311" t="s">
         <v>925</v>
       </c>
       <c r="D311" t="s">
         <v>15</v>
       </c>
       <c r="E311">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="F311">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="G311">
-        <v>24</v>
+        <v>73</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
         <v>926</v>
       </c>
       <c r="B312" t="s">
         <v>927</v>
       </c>
       <c r="C312" t="s">
         <v>928</v>
       </c>
       <c r="D312" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E312">
         <v>1</v>
       </c>
       <c r="F312">
         <v>0</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
         <v>929</v>
       </c>
       <c r="B313" t="s">
         <v>930</v>
       </c>
       <c r="C313" t="s">
         <v>931</v>
       </c>
       <c r="D313" t="s">
         <v>15</v>
       </c>
       <c r="E313">
-        <v>2</v>
+        <v>122</v>
       </c>
       <c r="F313">
-        <v>2</v>
+        <v>113</v>
       </c>
       <c r="G313">
-        <v>60</v>
+        <v>493</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
         <v>932</v>
       </c>
       <c r="B314" t="s">
         <v>933</v>
       </c>
       <c r="C314" t="s">
         <v>934</v>
       </c>
       <c r="D314" t="s">
         <v>15</v>
       </c>
       <c r="E314">
-        <v>2</v>
+        <v>27</v>
       </c>
       <c r="F314">
-        <v>0</v>
+        <v>24</v>
+      </c>
+      <c r="G314">
+        <v>24</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
         <v>935</v>
       </c>
       <c r="B315" t="s">
         <v>936</v>
       </c>
       <c r="C315" t="s">
         <v>937</v>
       </c>
       <c r="D315" t="s">
-        <v>898</v>
+        <v>11</v>
       </c>
       <c r="E315">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F315">
         <v>0</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
         <v>938</v>
       </c>
       <c r="B316" t="s">
         <v>939</v>
       </c>
       <c r="C316" t="s">
         <v>940</v>
       </c>
       <c r="D316" t="s">
-        <v>898</v>
+        <v>15</v>
       </c>
       <c r="E316">
         <v>2</v>
       </c>
       <c r="F316">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>2</v>
+      </c>
+      <c r="G316">
+        <v>60</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
         <v>941</v>
       </c>
       <c r="B317" t="s">
         <v>942</v>
       </c>
       <c r="C317" t="s">
         <v>943</v>
       </c>
       <c r="D317" t="s">
         <v>15</v>
       </c>
       <c r="E317">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F317">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>0</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
         <v>944</v>
       </c>
       <c r="B318" t="s">
         <v>945</v>
       </c>
       <c r="C318" t="s">
         <v>946</v>
       </c>
       <c r="D318" t="s">
-        <v>898</v>
+        <v>907</v>
       </c>
       <c r="E318">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="F318">
         <v>0</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
         <v>947</v>
       </c>
       <c r="B319" t="s">
         <v>948</v>
       </c>
       <c r="C319" t="s">
         <v>949</v>
       </c>
       <c r="D319" t="s">
-        <v>15</v>
+        <v>907</v>
       </c>
       <c r="E319">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F319">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>0</v>
+      </c>
+      <c r="H319" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
         <v>950</v>
       </c>
       <c r="B320" t="s">
         <v>951</v>
       </c>
       <c r="C320" t="s">
         <v>952</v>
       </c>
       <c r="D320" t="s">
         <v>15</v>
       </c>
       <c r="E320">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F320">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G320">
-        <v>43</v>
+        <v>46</v>
+      </c>
+      <c r="H320" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>953</v>
       </c>
       <c r="B321" t="s">
         <v>954</v>
       </c>
       <c r="C321" t="s">
         <v>955</v>
       </c>
       <c r="D321" t="s">
-        <v>15</v>
+        <v>907</v>
       </c>
       <c r="E321">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="F321">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
         <v>956</v>
       </c>
       <c r="B322" t="s">
         <v>957</v>
       </c>
       <c r="C322" t="s">
         <v>958</v>
       </c>
       <c r="D322" t="s">
         <v>15</v>
       </c>
       <c r="E322">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F322">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G322">
-        <v>121</v>
+        <v>3</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
         <v>959</v>
       </c>
       <c r="B323" t="s">
         <v>960</v>
       </c>
       <c r="C323" t="s">
         <v>961</v>
       </c>
       <c r="D323" t="s">
         <v>15</v>
       </c>
       <c r="E323">
-        <v>251</v>
+        <v>4</v>
       </c>
       <c r="F323">
-        <v>0</v>
+        <v>3</v>
+      </c>
+      <c r="G323">
+        <v>43</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
         <v>962</v>
       </c>
       <c r="B324" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="C324" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="D324" t="s">
         <v>15</v>
       </c>
       <c r="E324">
-        <v>1839</v>
+        <v>17</v>
       </c>
       <c r="F324">
-        <v>0</v>
+        <v>3</v>
+      </c>
+      <c r="G324">
+        <v>65</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="B325" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="C325" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="D325" t="s">
-        <v>653</v>
+        <v>15</v>
       </c>
       <c r="E325">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F325">
-        <v>0</v>
+        <v>5</v>
+      </c>
+      <c r="G325">
+        <v>121</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="B326" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="C326" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="D326" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E326">
-        <v>7</v>
+        <v>251</v>
       </c>
       <c r="F326">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>315</v>
+        <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="B327" t="s">
         <v>971</v>
       </c>
       <c r="C327" t="s">
         <v>972</v>
       </c>
       <c r="D327" t="s">
         <v>15</v>
       </c>
       <c r="E327">
-        <v>1</v>
+        <v>1839</v>
       </c>
       <c r="F327">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
         <v>973</v>
       </c>
       <c r="B328" t="s">
         <v>974</v>
       </c>
       <c r="C328" t="s">
         <v>975</v>
       </c>
+      <c r="D328" t="s">
+        <v>662</v>
+      </c>
       <c r="E328">
-        <v>462</v>
+        <v>1</v>
       </c>
       <c r="F328">
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
         <v>976</v>
       </c>
       <c r="B329" t="s">
         <v>977</v>
       </c>
       <c r="C329" t="s">
         <v>978</v>
       </c>
       <c r="D329" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E329">
-        <v>1743</v>
+        <v>7</v>
       </c>
       <c r="F329">
-        <v>0</v>
+        <v>7</v>
+      </c>
+      <c r="G329">
+        <v>315</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
         <v>979</v>
       </c>
       <c r="B330" t="s">
         <v>980</v>
       </c>
       <c r="C330" t="s">
         <v>981</v>
       </c>
       <c r="D330" t="s">
         <v>15</v>
       </c>
       <c r="E330">
-        <v>1897</v>
+        <v>1</v>
       </c>
       <c r="F330">
         <v>0</v>
+      </c>
+      <c r="G330">
+        <v>41</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>982</v>
       </c>
       <c r="B331" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="C331" t="s">
-        <v>983</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>984</v>
       </c>
       <c r="E331">
-        <v>148</v>
+        <v>462</v>
       </c>
       <c r="F331">
         <v>0</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="B332" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="C332" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="D332" t="s">
         <v>15</v>
       </c>
       <c r="E332">
-        <v>25</v>
+        <v>1743</v>
       </c>
       <c r="F332">
         <v>0</v>
       </c>
-      <c r="H332" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="B333" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="C333" t="s">
-        <v>989</v>
+        <v>990</v>
+      </c>
+      <c r="D333" t="s">
+        <v>15</v>
       </c>
       <c r="E333">
-        <v>452</v>
+        <v>1897</v>
       </c>
       <c r="F333">
         <v>0</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="B334" t="s">
         <v>991</v>
       </c>
       <c r="C334" t="s">
         <v>992</v>
       </c>
       <c r="D334" t="s">
-        <v>653</v>
+        <v>15</v>
       </c>
       <c r="E334">
-        <v>1</v>
+        <v>148</v>
       </c>
       <c r="F334">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
         <v>993</v>
       </c>
       <c r="B335" t="s">
         <v>994</v>
       </c>
       <c r="C335" t="s">
         <v>995</v>
       </c>
       <c r="D335" t="s">
         <v>15</v>
       </c>
       <c r="E335">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="F335">
         <v>0</v>
+      </c>
+      <c r="H335" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
         <v>996</v>
       </c>
       <c r="B336" t="s">
         <v>997</v>
       </c>
       <c r="C336" t="s">
         <v>998</v>
       </c>
-      <c r="D336" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E336">
-        <v>104</v>
+        <v>452</v>
       </c>
       <c r="F336">
         <v>0</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
         <v>999</v>
       </c>
       <c r="B337" t="s">
         <v>1000</v>
       </c>
       <c r="C337" t="s">
         <v>1001</v>
       </c>
       <c r="D337" t="s">
-        <v>15</v>
+        <v>662</v>
       </c>
       <c r="E337">
         <v>1</v>
       </c>
       <c r="F337">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="H337" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
         <v>1002</v>
       </c>
       <c r="B338" t="s">
         <v>1003</v>
       </c>
       <c r="C338" t="s">
         <v>1004</v>
       </c>
       <c r="D338" t="s">
-        <v>898</v>
+        <v>15</v>
       </c>
       <c r="E338">
         <v>1</v>
       </c>
       <c r="F338">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
         <v>1005</v>
       </c>
       <c r="B339" t="s">
         <v>1006</v>
       </c>
       <c r="C339" t="s">
         <v>1007</v>
       </c>
       <c r="D339" t="s">
-        <v>898</v>
+        <v>15</v>
       </c>
       <c r="E339">
-        <v>20</v>
+        <v>104</v>
       </c>
       <c r="F339">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
         <v>1008</v>
       </c>
       <c r="B340" t="s">
         <v>1009</v>
       </c>
       <c r="C340" t="s">
         <v>1010</v>
       </c>
       <c r="D340" t="s">
         <v>15</v>
       </c>
       <c r="E340">
         <v>1</v>
       </c>
       <c r="F340">
         <v>1</v>
       </c>
       <c r="G340">
-        <v>36</v>
+        <v>18</v>
+      </c>
+      <c r="H340" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
         <v>1011</v>
       </c>
       <c r="B341" t="s">
         <v>1012</v>
       </c>
       <c r="C341" t="s">
         <v>1013</v>
       </c>
       <c r="D341" t="s">
-        <v>11</v>
+        <v>907</v>
       </c>
       <c r="E341">
         <v>1</v>
       </c>
       <c r="F341">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>341</v>
+        <v>0</v>
+      </c>
+      <c r="H341" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
         <v>1014</v>
       </c>
       <c r="B342" t="s">
         <v>1015</v>
       </c>
       <c r="C342" t="s">
         <v>1016</v>
       </c>
       <c r="D342" t="s">
-        <v>11</v>
+        <v>907</v>
       </c>
       <c r="E342">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="F342">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>522</v>
+        <v>0</v>
+      </c>
+      <c r="H342" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
         <v>1017</v>
       </c>
       <c r="B343" t="s">
         <v>1018</v>
       </c>
       <c r="C343" t="s">
         <v>1019</v>
       </c>
       <c r="D343" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E343">
         <v>1</v>
       </c>
       <c r="F343">
         <v>1</v>
       </c>
       <c r="G343">
-        <v>314</v>
+        <v>36</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
         <v>1020</v>
       </c>
       <c r="B344" t="s">
         <v>1021</v>
       </c>
       <c r="C344" t="s">
         <v>1022</v>
       </c>
       <c r="D344" t="s">
         <v>11</v>
       </c>
       <c r="E344">
         <v>1</v>
       </c>
       <c r="F344">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G344">
-        <v>302</v>
+        <v>341</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
         <v>1023</v>
       </c>
       <c r="B345" t="s">
         <v>1024</v>
       </c>
       <c r="C345" t="s">
         <v>1025</v>
       </c>
       <c r="D345" t="s">
         <v>11</v>
       </c>
       <c r="E345">
-        <v>147</v>
+        <v>11</v>
       </c>
       <c r="F345">
-        <v>0</v>
+        <v>9</v>
+      </c>
+      <c r="G345">
+        <v>522</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
         <v>1026</v>
       </c>
       <c r="B346" t="s">
         <v>1027</v>
       </c>
       <c r="C346" t="s">
         <v>1028</v>
       </c>
       <c r="D346" t="s">
         <v>11</v>
       </c>
       <c r="E346">
         <v>1</v>
       </c>
       <c r="F346">
         <v>1</v>
       </c>
       <c r="G346">
-        <v>1</v>
+        <v>314</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
         <v>1029</v>
       </c>
       <c r="B347" t="s">
         <v>1030</v>
       </c>
       <c r="C347" t="s">
         <v>1031</v>
       </c>
       <c r="D347" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E347">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F347">
         <v>0</v>
       </c>
       <c r="G347">
-        <v>16</v>
+        <v>302</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
         <v>1032</v>
       </c>
       <c r="B348" t="s">
         <v>1033</v>
       </c>
       <c r="C348" t="s">
         <v>1034</v>
       </c>
       <c r="D348" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E348">
-        <v>1</v>
+        <v>147</v>
       </c>
       <c r="F348">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
         <v>1035</v>
       </c>
       <c r="B349" t="s">
         <v>1036</v>
       </c>
       <c r="C349" t="s">
         <v>1037</v>
       </c>
       <c r="D349" t="s">
         <v>11</v>
       </c>
       <c r="E349">
         <v>1</v>
       </c>
       <c r="F349">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G349">
+        <v>1</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
         <v>1038</v>
       </c>
       <c r="B350" t="s">
         <v>1039</v>
       </c>
       <c r="C350" t="s">
         <v>1040</v>
       </c>
       <c r="D350" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E350">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F350">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G350">
-        <v>106</v>
+        <v>16</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
         <v>1041</v>
       </c>
       <c r="B351" t="s">
         <v>1042</v>
       </c>
       <c r="C351" t="s">
         <v>1043</v>
       </c>
       <c r="D351" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E351">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F351">
         <v>1</v>
       </c>
       <c r="G351">
-        <v>199</v>
+        <v>5</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
         <v>1044</v>
       </c>
       <c r="B352" t="s">
         <v>1045</v>
       </c>
       <c r="C352" t="s">
         <v>1046</v>
       </c>
       <c r="D352" t="s">
         <v>11</v>
       </c>
       <c r="E352">
-        <v>49</v>
+        <v>1</v>
       </c>
       <c r="F352">
-        <v>40</v>
-[...2 lines deleted...]
-        <v>276</v>
+        <v>0</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
         <v>1047</v>
       </c>
       <c r="B353" t="s">
         <v>1048</v>
       </c>
       <c r="C353" t="s">
         <v>1049</v>
       </c>
       <c r="D353" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E353">
-        <v>34</v>
+        <v>1</v>
       </c>
       <c r="F353">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="G353">
-        <v>154</v>
+        <v>106</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
         <v>1050</v>
       </c>
       <c r="B354" t="s">
         <v>1051</v>
       </c>
       <c r="C354" t="s">
         <v>1052</v>
       </c>
       <c r="D354" t="s">
         <v>11</v>
       </c>
       <c r="E354">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F354">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G354">
-        <v>292</v>
+        <v>199</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>1053</v>
       </c>
       <c r="B355" t="s">
         <v>1054</v>
       </c>
       <c r="C355" t="s">
         <v>1055</v>
       </c>
       <c r="D355" t="s">
         <v>11</v>
       </c>
       <c r="E355">
-        <v>1</v>
+        <v>49</v>
       </c>
       <c r="F355">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="G355">
-        <v>868</v>
+        <v>276</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>1056</v>
       </c>
       <c r="B356" t="s">
         <v>1057</v>
       </c>
       <c r="C356" t="s">
         <v>1058</v>
       </c>
       <c r="D356" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E356">
-        <v>2</v>
+        <v>34</v>
       </c>
       <c r="F356">
-        <v>2</v>
+        <v>26</v>
       </c>
       <c r="G356">
-        <v>859</v>
+        <v>154</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
         <v>1059</v>
       </c>
       <c r="B357" t="s">
         <v>1060</v>
       </c>
       <c r="C357" t="s">
         <v>1061</v>
       </c>
       <c r="D357" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E357">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F357">
-        <v>0</v>
+        <v>3</v>
+      </c>
+      <c r="G357">
+        <v>292</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
         <v>1062</v>
       </c>
       <c r="B358" t="s">
         <v>1063</v>
       </c>
       <c r="C358" t="s">
         <v>1064</v>
       </c>
       <c r="D358" t="s">
         <v>11</v>
       </c>
       <c r="E358">
         <v>1</v>
       </c>
       <c r="F358">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G358">
+        <v>868</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
         <v>1065</v>
       </c>
       <c r="B359" t="s">
         <v>1066</v>
       </c>
       <c r="C359" t="s">
         <v>1067</v>
       </c>
       <c r="D359" t="s">
         <v>11</v>
       </c>
       <c r="E359">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F359">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G359">
-        <v>40</v>
+        <v>859</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
         <v>1068</v>
       </c>
       <c r="B360" t="s">
         <v>1069</v>
       </c>
       <c r="C360" t="s">
         <v>1070</v>
       </c>
       <c r="D360" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E360">
         <v>1</v>
       </c>
       <c r="F360">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>268</v>
+        <v>0</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
         <v>1071</v>
       </c>
       <c r="B361" t="s">
         <v>1072</v>
       </c>
       <c r="C361" t="s">
         <v>1073</v>
       </c>
       <c r="D361" t="s">
         <v>11</v>
       </c>
       <c r="E361">
         <v>1</v>
       </c>
       <c r="F361">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>205</v>
+        <v>0</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
         <v>1074</v>
       </c>
       <c r="B362" t="s">
         <v>1075</v>
       </c>
       <c r="C362" t="s">
         <v>1076</v>
       </c>
       <c r="D362" t="s">
         <v>11</v>
       </c>
       <c r="E362">
         <v>1</v>
       </c>
       <c r="F362">
         <v>1</v>
       </c>
       <c r="G362">
-        <v>1</v>
+        <v>40</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
         <v>1077</v>
       </c>
       <c r="B363" t="s">
         <v>1078</v>
       </c>
       <c r="C363" t="s">
         <v>1079</v>
       </c>
       <c r="D363" t="s">
         <v>11</v>
       </c>
       <c r="E363">
         <v>1</v>
       </c>
       <c r="F363">
         <v>1</v>
       </c>
       <c r="G363">
-        <v>211</v>
+        <v>268</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
         <v>1080</v>
       </c>
       <c r="B364" t="s">
         <v>1081</v>
       </c>
       <c r="C364" t="s">
         <v>1082</v>
       </c>
       <c r="D364" t="s">
         <v>11</v>
       </c>
       <c r="E364">
         <v>1</v>
       </c>
       <c r="F364">
         <v>1</v>
       </c>
       <c r="G364">
-        <v>1040</v>
+        <v>205</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
         <v>1083</v>
       </c>
       <c r="B365" t="s">
         <v>1084</v>
       </c>
       <c r="C365" t="s">
         <v>1085</v>
       </c>
       <c r="D365" t="s">
         <v>11</v>
       </c>
       <c r="E365">
-        <v>38</v>
+        <v>1</v>
       </c>
       <c r="F365">
-        <v>38</v>
+        <v>1</v>
       </c>
       <c r="G365">
-        <v>871</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>1</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
         <v>1086</v>
       </c>
       <c r="B366" t="s">
         <v>1087</v>
       </c>
       <c r="C366" t="s">
         <v>1088</v>
       </c>
       <c r="D366" t="s">
         <v>11</v>
       </c>
       <c r="E366">
         <v>1</v>
       </c>
       <c r="F366">
         <v>1</v>
       </c>
       <c r="G366">
-        <v>1041</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>211</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
         <v>1089</v>
       </c>
       <c r="B367" t="s">
         <v>1090</v>
       </c>
       <c r="C367" t="s">
         <v>1091</v>
       </c>
       <c r="D367" t="s">
         <v>11</v>
       </c>
       <c r="E367">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="F367">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="G367">
-        <v>194</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
         <v>1092</v>
       </c>
       <c r="B368" t="s">
         <v>1093</v>
       </c>
       <c r="C368" t="s">
         <v>1094</v>
       </c>
       <c r="D368" t="s">
         <v>11</v>
       </c>
       <c r="E368">
-        <v>894</v>
+        <v>38</v>
       </c>
       <c r="F368">
-        <v>827</v>
+        <v>38</v>
       </c>
       <c r="G368">
-        <v>12486</v>
+        <v>871</v>
       </c>
       <c r="H368" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
         <v>1095</v>
       </c>
       <c r="B369" t="s">
         <v>1096</v>
       </c>
       <c r="C369" t="s">
         <v>1097</v>
       </c>
       <c r="D369" t="s">
         <v>11</v>
       </c>
       <c r="E369">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F369">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G369">
-        <v>294</v>
+        <v>1041</v>
+      </c>
+      <c r="H369" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
         <v>1098</v>
       </c>
       <c r="B370" t="s">
         <v>1099</v>
       </c>
       <c r="C370" t="s">
         <v>1100</v>
       </c>
       <c r="D370" t="s">
         <v>11</v>
       </c>
       <c r="E370">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="F370">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="G370">
-        <v>133</v>
+        <v>194</v>
+      </c>
+      <c r="H370" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
         <v>1101</v>
       </c>
       <c r="B371" t="s">
         <v>1102</v>
       </c>
       <c r="C371" t="s">
         <v>1103</v>
       </c>
       <c r="D371" t="s">
         <v>11</v>
       </c>
       <c r="E371">
-        <v>1</v>
+        <v>894</v>
       </c>
       <c r="F371">
-        <v>1</v>
+        <v>827</v>
       </c>
       <c r="G371">
-        <v>53</v>
+        <v>12486</v>
+      </c>
+      <c r="H371" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
         <v>1104</v>
       </c>
       <c r="B372" t="s">
         <v>1105</v>
       </c>
       <c r="C372" t="s">
         <v>1106</v>
       </c>
       <c r="D372" t="s">
         <v>11</v>
       </c>
       <c r="E372">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F372">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G372">
-        <v>136</v>
+        <v>294</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
         <v>1107</v>
       </c>
       <c r="B373" t="s">
         <v>1108</v>
       </c>
       <c r="C373" t="s">
         <v>1109</v>
       </c>
       <c r="D373" t="s">
         <v>11</v>
       </c>
       <c r="E373">
         <v>2</v>
       </c>
       <c r="F373">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>2</v>
+      </c>
+      <c r="G373">
+        <v>133</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
         <v>1110</v>
       </c>
       <c r="B374" t="s">
         <v>1111</v>
       </c>
       <c r="C374" t="s">
         <v>1112</v>
       </c>
       <c r="D374" t="s">
         <v>11</v>
       </c>
       <c r="E374">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="F374">
-        <v>29</v>
+        <v>1</v>
       </c>
       <c r="G374">
-        <v>257</v>
+        <v>53</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
         <v>1113</v>
       </c>
       <c r="B375" t="s">
         <v>1114</v>
       </c>
       <c r="C375" t="s">
         <v>1115</v>
       </c>
       <c r="D375" t="s">
         <v>11</v>
       </c>
       <c r="E375">
-        <v>63</v>
+        <v>5</v>
       </c>
       <c r="F375">
-        <v>60</v>
+        <v>4</v>
       </c>
       <c r="G375">
-        <v>1020</v>
+        <v>136</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
         <v>1116</v>
       </c>
       <c r="B376" t="s">
         <v>1117</v>
       </c>
       <c r="C376" t="s">
         <v>1118</v>
       </c>
       <c r="D376" t="s">
         <v>11</v>
       </c>
       <c r="E376">
         <v>2</v>
       </c>
       <c r="F376">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>0</v>
+      </c>
+      <c r="H376" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
         <v>1119</v>
       </c>
       <c r="B377" t="s">
         <v>1120</v>
       </c>
       <c r="C377" t="s">
         <v>1121</v>
       </c>
       <c r="D377" t="s">
         <v>11</v>
       </c>
       <c r="E377">
-        <v>1</v>
+        <v>31</v>
       </c>
       <c r="F377">
-        <v>1</v>
+        <v>29</v>
       </c>
       <c r="G377">
-        <v>36</v>
+        <v>257</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
         <v>1122</v>
       </c>
       <c r="B378" t="s">
         <v>1123</v>
       </c>
       <c r="C378" t="s">
         <v>1124</v>
       </c>
       <c r="D378" t="s">
         <v>11</v>
       </c>
       <c r="E378">
-        <v>2</v>
+        <v>63</v>
       </c>
       <c r="F378">
-        <v>2</v>
+        <v>60</v>
       </c>
       <c r="G378">
-        <v>145</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
         <v>1125</v>
       </c>
       <c r="B379" t="s">
         <v>1126</v>
       </c>
       <c r="C379" t="s">
         <v>1127</v>
       </c>
       <c r="D379" t="s">
         <v>11</v>
       </c>
       <c r="E379">
-        <v>239</v>
+        <v>2</v>
       </c>
       <c r="F379">
-        <v>220</v>
+        <v>2</v>
       </c>
       <c r="G379">
-        <v>1374</v>
+        <v>46</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
         <v>1128</v>
       </c>
       <c r="B380" t="s">
         <v>1129</v>
       </c>
       <c r="C380" t="s">
         <v>1130</v>
       </c>
       <c r="D380" t="s">
         <v>11</v>
       </c>
       <c r="E380">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F380">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G380">
-        <v>174</v>
+        <v>36</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
         <v>1131</v>
       </c>
       <c r="B381" t="s">
         <v>1132</v>
       </c>
       <c r="C381" t="s">
         <v>1133</v>
       </c>
       <c r="D381" t="s">
         <v>11</v>
       </c>
       <c r="E381">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F381">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G381">
-        <v>29</v>
+        <v>145</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
         <v>1134</v>
       </c>
       <c r="B382" t="s">
         <v>1135</v>
       </c>
       <c r="C382" t="s">
         <v>1136</v>
       </c>
       <c r="D382" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E382">
-        <v>1</v>
+        <v>239</v>
       </c>
       <c r="F382">
-        <v>1</v>
+        <v>220</v>
       </c>
       <c r="G382">
-        <v>17</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
         <v>1137</v>
       </c>
       <c r="B383" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="C383" t="s">
-        <v>1138</v>
+        <v>1139</v>
+      </c>
+      <c r="D383" t="s">
+        <v>11</v>
       </c>
       <c r="E383">
-        <v>34</v>
+        <v>4</v>
       </c>
       <c r="F383">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>2</v>
+      </c>
+      <c r="G383">
+        <v>174</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="B384" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C384" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="D384" t="s">
         <v>11</v>
       </c>
       <c r="E384">
-        <v>72</v>
+        <v>1</v>
       </c>
       <c r="F384">
         <v>0</v>
       </c>
-      <c r="H384" t="s">
-        <v>28</v>
+      <c r="G384">
+        <v>29</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="B385" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="C385" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
       <c r="D385" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E385">
-        <v>2192</v>
+        <v>1</v>
       </c>
       <c r="F385">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G385">
-        <v>47561</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>17</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="B386" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="C386" t="s">
-        <v>1146</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>1147</v>
       </c>
       <c r="E386">
-        <v>1</v>
+        <v>34</v>
       </c>
       <c r="F386">
         <v>0</v>
       </c>
       <c r="H386" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="B387" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="C387" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="D387" t="s">
         <v>11</v>
       </c>
       <c r="E387">
-        <v>2</v>
+        <v>72</v>
       </c>
       <c r="F387">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>0</v>
+      </c>
+      <c r="H387" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="B388" t="s">
         <v>1151</v>
       </c>
       <c r="C388" t="s">
         <v>1152</v>
       </c>
       <c r="D388" t="s">
-        <v>1153</v>
+        <v>11</v>
       </c>
       <c r="E388">
-        <v>3</v>
+        <v>2192</v>
       </c>
       <c r="F388">
-        <v>0</v>
+        <v>4</v>
+      </c>
+      <c r="G388">
+        <v>47561</v>
       </c>
       <c r="H388" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
+        <v>1153</v>
+      </c>
+      <c r="B389" t="s">
         <v>1154</v>
       </c>
-      <c r="B389" t="s">
+      <c r="C389" t="s">
         <v>1155</v>
-      </c>
-[...1 lines deleted...]
-        <v>1156</v>
       </c>
       <c r="D389" t="s">
         <v>15</v>
       </c>
       <c r="E389">
         <v>1</v>
       </c>
       <c r="F389">
         <v>0</v>
       </c>
-      <c r="G389">
-        <v>49</v>
+      <c r="H389" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
+        <v>1156</v>
+      </c>
+      <c r="B390" t="s">
         <v>1157</v>
       </c>
-      <c r="B390" t="s">
+      <c r="C390" t="s">
         <v>1158</v>
       </c>
-      <c r="C390" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D390" t="s">
         <v>11</v>
       </c>
       <c r="E390">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F390">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G390">
-        <v>122</v>
+        <v>55</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B391" t="s">
         <v>1160</v>
       </c>
-      <c r="B391" t="s">
+      <c r="C391" t="s">
         <v>1161</v>
       </c>
-      <c r="C391" t="s">
+      <c r="D391" t="s">
         <v>1162</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E391">
         <v>3</v>
       </c>
       <c r="F391">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>158</v>
+        <v>0</v>
+      </c>
+      <c r="H391" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
         <v>1163</v>
       </c>
       <c r="B392" t="s">
         <v>1164</v>
       </c>
       <c r="C392" t="s">
         <v>1165</v>
       </c>
       <c r="D392" t="s">
         <v>15</v>
       </c>
       <c r="E392">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="F392">
         <v>0</v>
+      </c>
+      <c r="G392">
+        <v>49</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
         <v>1166</v>
       </c>
       <c r="B393" t="s">
         <v>1167</v>
       </c>
       <c r="C393" t="s">
         <v>1168</v>
       </c>
       <c r="D393" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E393">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F393">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G393">
-        <v>593</v>
+        <v>122</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
         <v>1169</v>
       </c>
       <c r="B394" t="s">
         <v>1170</v>
       </c>
       <c r="C394" t="s">
         <v>1171</v>
       </c>
       <c r="D394" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E394">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F394">
-        <v>0</v>
+        <v>3</v>
+      </c>
+      <c r="G394">
+        <v>158</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
         <v>1172</v>
       </c>
       <c r="B395" t="s">
         <v>1173</v>
       </c>
       <c r="C395" t="s">
         <v>1174</v>
       </c>
       <c r="D395" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E395">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="F395">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>0</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
         <v>1175</v>
       </c>
       <c r="B396" t="s">
         <v>1176</v>
       </c>
       <c r="C396" t="s">
         <v>1177</v>
       </c>
       <c r="D396" t="s">
         <v>15</v>
       </c>
       <c r="E396">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F396">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G396">
-        <v>1293</v>
+        <v>593</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
         <v>1178</v>
       </c>
       <c r="B397" t="s">
         <v>1179</v>
       </c>
       <c r="C397" t="s">
         <v>1180</v>
       </c>
       <c r="D397" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E397">
-        <v>2621</v>
+        <v>1</v>
       </c>
       <c r="F397">
         <v>0</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
         <v>1181</v>
       </c>
       <c r="B398" t="s">
         <v>1182</v>
       </c>
       <c r="C398" t="s">
         <v>1183</v>
       </c>
       <c r="D398" t="s">
         <v>11</v>
       </c>
       <c r="E398">
-        <v>68</v>
+        <v>1</v>
       </c>
       <c r="F398">
-        <v>65</v>
+        <v>1</v>
       </c>
       <c r="G398">
-        <v>850</v>
+        <v>13</v>
+      </c>
+      <c r="H398" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
         <v>1184</v>
       </c>
       <c r="B399" t="s">
         <v>1185</v>
       </c>
       <c r="C399" t="s">
         <v>1186</v>
       </c>
       <c r="D399" t="s">
         <v>15</v>
       </c>
       <c r="E399">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F399">
         <v>0</v>
+      </c>
+      <c r="G399">
+        <v>1293</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
         <v>1187</v>
       </c>
       <c r="B400" t="s">
         <v>1188</v>
       </c>
       <c r="C400" t="s">
         <v>1189</v>
       </c>
       <c r="D400" t="s">
         <v>11</v>
       </c>
       <c r="E400">
-        <v>1</v>
+        <v>2622</v>
       </c>
       <c r="F400">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>7</v>
+        <v>0</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
         <v>1190</v>
       </c>
       <c r="B401" t="s">
         <v>1191</v>
       </c>
       <c r="C401" t="s">
         <v>1192</v>
       </c>
       <c r="D401" t="s">
         <v>11</v>
       </c>
       <c r="E401">
-        <v>1</v>
+        <v>68</v>
       </c>
       <c r="F401">
-        <v>1</v>
+        <v>65</v>
       </c>
       <c r="G401">
-        <v>21</v>
+        <v>850</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
         <v>1193</v>
       </c>
       <c r="B402" t="s">
         <v>1194</v>
       </c>
       <c r="C402" t="s">
         <v>1195</v>
       </c>
       <c r="D402" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E402">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F402">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>31</v>
+        <v>0</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
         <v>1196</v>
       </c>
       <c r="B403" t="s">
         <v>1197</v>
       </c>
       <c r="C403" t="s">
         <v>1198</v>
       </c>
       <c r="D403" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E403">
         <v>1</v>
       </c>
       <c r="F403">
         <v>1</v>
       </c>
       <c r="G403">
-        <v>143</v>
+        <v>7</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
         <v>1199</v>
       </c>
       <c r="B404" t="s">
         <v>1200</v>
       </c>
       <c r="C404" t="s">
         <v>1201</v>
       </c>
       <c r="D404" t="s">
         <v>11</v>
       </c>
       <c r="E404">
         <v>1</v>
       </c>
       <c r="F404">
         <v>1</v>
       </c>
       <c r="G404">
-        <v>33</v>
+        <v>21</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
         <v>1202</v>
       </c>
       <c r="B405" t="s">
         <v>1203</v>
       </c>
       <c r="C405" t="s">
         <v>1204</v>
       </c>
       <c r="D405" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E405">
         <v>1</v>
       </c>
       <c r="F405">
         <v>1</v>
       </c>
       <c r="G405">
-        <v>86</v>
+        <v>31</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
         <v>1205</v>
       </c>
       <c r="B406" t="s">
         <v>1206</v>
       </c>
       <c r="C406" t="s">
         <v>1207</v>
       </c>
       <c r="D406" t="s">
         <v>15</v>
       </c>
       <c r="E406">
-        <v>140</v>
+        <v>1</v>
       </c>
       <c r="F406">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G406">
+        <v>143</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
         <v>1208</v>
       </c>
       <c r="B407" t="s">
         <v>1209</v>
       </c>
       <c r="C407" t="s">
         <v>1210</v>
       </c>
       <c r="D407" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E407">
         <v>1</v>
       </c>
       <c r="F407">
         <v>1</v>
       </c>
       <c r="G407">
-        <v>55</v>
+        <v>33</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
         <v>1211</v>
       </c>
       <c r="B408" t="s">
         <v>1212</v>
       </c>
       <c r="C408" t="s">
         <v>1213</v>
       </c>
       <c r="D408" t="s">
         <v>15</v>
       </c>
       <c r="E408">
         <v>1</v>
       </c>
       <c r="F408">
         <v>1</v>
       </c>
       <c r="G408">
-        <v>61</v>
+        <v>86</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
         <v>1214</v>
       </c>
       <c r="B409" t="s">
         <v>1215</v>
       </c>
       <c r="C409" t="s">
         <v>1216</v>
       </c>
       <c r="D409" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E409">
-        <v>22</v>
+        <v>140</v>
       </c>
       <c r="F409">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>0</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
         <v>1217</v>
       </c>
       <c r="B410" t="s">
         <v>1218</v>
       </c>
       <c r="C410" t="s">
         <v>1219</v>
       </c>
       <c r="D410" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E410">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="F410">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="G410">
-        <v>687</v>
+        <v>55</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
         <v>1220</v>
       </c>
       <c r="B411" t="s">
         <v>1221</v>
       </c>
       <c r="C411" t="s">
         <v>1222</v>
       </c>
       <c r="D411" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E411">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F411">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G411">
-        <v>41</v>
+        <v>61</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
         <v>1223</v>
       </c>
       <c r="B412" t="s">
         <v>1224</v>
       </c>
       <c r="C412" t="s">
         <v>1225</v>
       </c>
       <c r="D412" t="s">
         <v>11</v>
       </c>
       <c r="E412">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="F412">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="G412">
-        <v>234</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>134</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
         <v>1226</v>
       </c>
       <c r="B413" t="s">
         <v>1227</v>
       </c>
       <c r="C413" t="s">
         <v>1228</v>
       </c>
       <c r="D413" t="s">
         <v>11</v>
       </c>
       <c r="E413">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="F413">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="G413">
-        <v>6</v>
+        <v>687</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
         <v>1229</v>
       </c>
       <c r="B414" t="s">
         <v>1230</v>
       </c>
       <c r="C414" t="s">
         <v>1231</v>
       </c>
       <c r="D414" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E414">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F414">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G414">
-        <v>957</v>
+        <v>41</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
         <v>1232</v>
       </c>
       <c r="B415" t="s">
         <v>1233</v>
       </c>
       <c r="C415" t="s">
         <v>1234</v>
       </c>
       <c r="D415" t="s">
         <v>11</v>
       </c>
       <c r="E415">
-        <v>27</v>
+        <v>3</v>
       </c>
       <c r="F415">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="G415">
-        <v>1791</v>
+        <v>234</v>
+      </c>
+      <c r="H415" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
         <v>1235</v>
       </c>
       <c r="B416" t="s">
         <v>1236</v>
       </c>
       <c r="C416" t="s">
         <v>1237</v>
       </c>
       <c r="D416" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E416">
-        <v>127</v>
+        <v>1</v>
       </c>
       <c r="F416">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G416">
+        <v>6</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
         <v>1238</v>
       </c>
       <c r="B417" t="s">
         <v>1239</v>
       </c>
       <c r="C417" t="s">
         <v>1240</v>
       </c>
       <c r="D417" t="s">
         <v>15</v>
       </c>
       <c r="E417">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="F417">
-        <v>0</v>
+        <v>4</v>
+      </c>
+      <c r="G417">
+        <v>957</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
         <v>1241</v>
       </c>
       <c r="B418" t="s">
         <v>1242</v>
       </c>
       <c r="C418" t="s">
         <v>1243</v>
       </c>
       <c r="D418" t="s">
         <v>11</v>
       </c>
       <c r="E418">
-        <v>1</v>
+        <v>27</v>
       </c>
       <c r="F418">
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="G418">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
         <v>1244</v>
       </c>
       <c r="B419" t="s">
         <v>1245</v>
       </c>
       <c r="C419" t="s">
         <v>1246</v>
       </c>
       <c r="D419" t="s">
         <v>15</v>
       </c>
       <c r="E419">
-        <v>1</v>
+        <v>127</v>
       </c>
       <c r="F419">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>0</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
         <v>1247</v>
       </c>
       <c r="B420" t="s">
         <v>1248</v>
       </c>
       <c r="C420" t="s">
         <v>1249</v>
       </c>
       <c r="D420" t="s">
         <v>15</v>
       </c>
       <c r="E420">
-        <v>3</v>
+        <v>21</v>
       </c>
       <c r="F420">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>0</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
         <v>1250</v>
       </c>
       <c r="B421" t="s">
         <v>1251</v>
       </c>
       <c r="C421" t="s">
         <v>1252</v>
       </c>
       <c r="D421" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E421">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F421">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G421">
-        <v>68</v>
+        <v>43</v>
       </c>
       <c r="H421" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
         <v>1253</v>
       </c>
       <c r="B422" t="s">
         <v>1254</v>
       </c>
       <c r="C422" t="s">
         <v>1255</v>
       </c>
       <c r="D422" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E422">
         <v>1</v>
       </c>
       <c r="F422">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G422">
+        <v>17</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
         <v>1256</v>
       </c>
       <c r="B423" t="s">
-        <v>1256</v>
+        <v>1257</v>
       </c>
       <c r="C423" t="s">
-        <v>1257</v>
+        <v>1258</v>
+      </c>
+      <c r="D423" t="s">
+        <v>15</v>
       </c>
       <c r="E423">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="F423">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>3</v>
+      </c>
+      <c r="G423">
+        <v>55</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="B424" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="C424" t="s">
-        <v>1260</v>
+        <v>1261</v>
+      </c>
+      <c r="D424" t="s">
+        <v>15</v>
       </c>
       <c r="E424">
-        <v>110</v>
+        <v>5</v>
       </c>
       <c r="F424">
-        <v>0</v>
+        <v>5</v>
+      </c>
+      <c r="G424">
+        <v>68</v>
       </c>
       <c r="H424" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="B425" t="s">
-        <v>1262</v>
+        <v>1263</v>
       </c>
       <c r="C425" t="s">
-        <v>1263</v>
+        <v>1264</v>
       </c>
       <c r="D425" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E425">
-        <v>75</v>
+        <v>1</v>
       </c>
       <c r="F425">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>216</v>
+        <v>0</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="B426" t="s">
         <v>1265</v>
       </c>
       <c r="C426" t="s">
         <v>1266</v>
       </c>
-      <c r="D426" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E426">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="F426">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="H426" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
         <v>1267</v>
       </c>
       <c r="B427" t="s">
         <v>1268</v>
       </c>
       <c r="C427" t="s">
         <v>1269</v>
       </c>
-      <c r="D427" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E427">
-        <v>42</v>
+        <v>110</v>
       </c>
       <c r="F427">
         <v>0</v>
       </c>
       <c r="H427" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
         <v>1270</v>
       </c>
       <c r="B428" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="C428" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="D428" t="s">
         <v>15</v>
       </c>
       <c r="E428">
-        <v>1851</v>
+        <v>75</v>
       </c>
       <c r="F428">
-        <v>1051</v>
+        <v>53</v>
       </c>
       <c r="G428">
-        <v>22933</v>
+        <v>216</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="B429" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="C429" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
       <c r="D429" t="s">
         <v>15</v>
       </c>
       <c r="E429">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="F429">
         <v>0</v>
       </c>
+      <c r="G429">
+        <v>13</v>
+      </c>
+      <c r="H429" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="B430" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="C430" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="D430" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E430">
-        <v>6</v>
+        <v>42</v>
       </c>
       <c r="F430">
         <v>0</v>
       </c>
       <c r="H430" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="B431" t="s">
         <v>1279</v>
       </c>
       <c r="C431" t="s">
         <v>1280</v>
       </c>
       <c r="D431" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E431">
-        <v>3</v>
+        <v>1851</v>
       </c>
       <c r="F431">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>1051</v>
+      </c>
+      <c r="G431">
+        <v>22933</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
         <v>1281</v>
       </c>
       <c r="B432" t="s">
         <v>1282</v>
       </c>
       <c r="C432" t="s">
         <v>1283</v>
       </c>
       <c r="D432" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E432">
-        <v>174</v>
+        <v>28</v>
       </c>
       <c r="F432">
-        <v>172</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>0</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
         <v>1284</v>
       </c>
       <c r="B433" t="s">
         <v>1285</v>
       </c>
       <c r="C433" t="s">
         <v>1286</v>
       </c>
       <c r="D433" t="s">
         <v>47</v>
       </c>
       <c r="E433">
-        <v>381</v>
+        <v>6</v>
       </c>
       <c r="F433">
-        <v>381</v>
-[...2 lines deleted...]
-        <v>14740</v>
+        <v>0</v>
       </c>
       <c r="H433" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
         <v>1287</v>
       </c>
       <c r="B434" t="s">
         <v>1288</v>
       </c>
       <c r="C434" t="s">
         <v>1289</v>
       </c>
       <c r="D434" t="s">
         <v>47</v>
       </c>
       <c r="E434">
-        <v>387</v>
+        <v>3</v>
       </c>
       <c r="F434">
-        <v>387</v>
-[...2 lines deleted...]
-        <v>14797</v>
+        <v>0</v>
       </c>
       <c r="H434" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
         <v>1290</v>
       </c>
       <c r="B435" t="s">
         <v>1291</v>
       </c>
       <c r="C435" t="s">
         <v>1292</v>
       </c>
       <c r="D435" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
       <c r="E435">
-        <v>37</v>
+        <v>174</v>
       </c>
       <c r="F435">
-        <v>0</v>
+        <v>172</v>
+      </c>
+      <c r="G435">
+        <v>3733</v>
+      </c>
+      <c r="H435" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
         <v>1293</v>
       </c>
       <c r="B436" t="s">
         <v>1294</v>
       </c>
       <c r="C436" t="s">
         <v>1295</v>
       </c>
       <c r="D436" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="E436">
-        <v>1</v>
+        <v>381</v>
       </c>
       <c r="F436">
-        <v>0</v>
+        <v>381</v>
       </c>
       <c r="G436">
-        <v>235</v>
+        <v>14740</v>
+      </c>
+      <c r="H436" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
         <v>1296</v>
       </c>
       <c r="B437" t="s">
         <v>1297</v>
       </c>
       <c r="C437" t="s">
         <v>1298</v>
       </c>
       <c r="D437" t="s">
-        <v>15</v>
+        <v>47</v>
       </c>
       <c r="E437">
-        <v>1</v>
+        <v>387</v>
       </c>
       <c r="F437">
-        <v>1</v>
+        <v>387</v>
       </c>
       <c r="G437">
-        <v>186</v>
+        <v>14797</v>
+      </c>
+      <c r="H437" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
         <v>1299</v>
       </c>
       <c r="B438" t="s">
         <v>1300</v>
       </c>
       <c r="C438" t="s">
         <v>1301</v>
       </c>
       <c r="D438" t="s">
         <v>15</v>
       </c>
       <c r="E438">
-        <v>1</v>
+        <v>37</v>
       </c>
       <c r="F438">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>0</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
         <v>1302</v>
       </c>
       <c r="B439" t="s">
         <v>1303</v>
       </c>
       <c r="C439" t="s">
         <v>1304</v>
       </c>
       <c r="D439" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E439">
         <v>1</v>
       </c>
       <c r="F439">
         <v>0</v>
       </c>
       <c r="G439">
-        <v>57</v>
+        <v>235</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
         <v>1305</v>
       </c>
       <c r="B440" t="s">
         <v>1306</v>
       </c>
       <c r="C440" t="s">
         <v>1307</v>
       </c>
       <c r="D440" t="s">
         <v>15</v>
       </c>
       <c r="E440">
         <v>1</v>
       </c>
       <c r="F440">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G440">
-        <v>288</v>
+        <v>186</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
         <v>1308</v>
       </c>
       <c r="B441" t="s">
         <v>1309</v>
       </c>
       <c r="C441" t="s">
         <v>1310</v>
       </c>
       <c r="D441" t="s">
         <v>15</v>
       </c>
       <c r="E441">
         <v>1</v>
       </c>
       <c r="F441">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G441">
-        <v>200</v>
+        <v>44</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
         <v>1311</v>
       </c>
       <c r="B442" t="s">
         <v>1312</v>
       </c>
       <c r="C442" t="s">
         <v>1313</v>
       </c>
       <c r="D442" t="s">
         <v>15</v>
       </c>
       <c r="E442">
         <v>1</v>
       </c>
       <c r="F442">
         <v>0</v>
       </c>
+      <c r="G442">
+        <v>57</v>
+      </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
         <v>1314</v>
       </c>
       <c r="B443" t="s">
         <v>1315</v>
       </c>
       <c r="C443" t="s">
         <v>1316</v>
       </c>
       <c r="D443" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E443">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="F443">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G443">
-        <v>1151</v>
+        <v>288</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
         <v>1317</v>
       </c>
       <c r="B444" t="s">
         <v>1318</v>
       </c>
       <c r="C444" t="s">
         <v>1319</v>
       </c>
       <c r="D444" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E444">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F444">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G444">
-        <v>44</v>
+        <v>200</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
         <v>1320</v>
       </c>
       <c r="B445" t="s">
         <v>1321</v>
       </c>
       <c r="C445" t="s">
         <v>1322</v>
       </c>
       <c r="D445" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E445">
         <v>1</v>
       </c>
       <c r="F445">
         <v>0</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
         <v>1323</v>
       </c>
       <c r="B446" t="s">
         <v>1324</v>
       </c>
       <c r="C446" t="s">
         <v>1325</v>
       </c>
       <c r="D446" t="s">
         <v>11</v>
       </c>
       <c r="E446">
-        <v>62</v>
+        <v>24</v>
       </c>
       <c r="F446">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="G446">
-        <v>543</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
         <v>1326</v>
       </c>
       <c r="B447" t="s">
         <v>1327</v>
       </c>
       <c r="C447" t="s">
         <v>1328</v>
       </c>
       <c r="D447" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E447">
         <v>2</v>
       </c>
       <c r="F447">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>2</v>
+      </c>
+      <c r="G447">
+        <v>44</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
         <v>1329</v>
       </c>
       <c r="B448" t="s">
         <v>1330</v>
       </c>
       <c r="C448" t="s">
         <v>1331</v>
       </c>
       <c r="D448" t="s">
         <v>11</v>
       </c>
       <c r="E448">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F448">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G448">
-        <v>17</v>
+        <v>32</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
         <v>1332</v>
       </c>
       <c r="B449" t="s">
         <v>1333</v>
       </c>
       <c r="C449" t="s">
         <v>1334</v>
       </c>
       <c r="D449" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E449">
-        <v>4</v>
+        <v>62</v>
       </c>
       <c r="F449">
-        <v>3</v>
+        <v>56</v>
       </c>
       <c r="G449">
-        <v>15</v>
+        <v>543</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
         <v>1335</v>
       </c>
       <c r="B450" t="s">
         <v>1336</v>
       </c>
       <c r="C450" t="s">
         <v>1337</v>
       </c>
       <c r="D450" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E450">
-        <v>51</v>
+        <v>2</v>
       </c>
       <c r="F450">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>439</v>
+        <v>0</v>
+      </c>
+      <c r="H450" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
         <v>1338</v>
       </c>
       <c r="B451" t="s">
         <v>1339</v>
       </c>
       <c r="C451" t="s">
         <v>1340</v>
       </c>
       <c r="D451" t="s">
-        <v>1341</v>
+        <v>11</v>
       </c>
       <c r="E451">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F451">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G451">
+        <v>17</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B452" t="s">
         <v>1342</v>
       </c>
-      <c r="B452" t="s">
+      <c r="C452" t="s">
         <v>1343</v>
       </c>
-      <c r="C452" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D452" t="s">
         <v>15</v>
       </c>
       <c r="E452">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="F452">
-        <v>0</v>
+        <v>3</v>
+      </c>
+      <c r="G452">
+        <v>15</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
+        <v>1344</v>
+      </c>
+      <c r="B453" t="s">
         <v>1345</v>
       </c>
-      <c r="B453" t="s">
+      <c r="C453" t="s">
         <v>1346</v>
       </c>
-      <c r="C453" t="s">
-        <v>1347</v>
+      <c r="D453" t="s">
+        <v>11</v>
       </c>
       <c r="E453">
-        <v>325</v>
+        <v>51</v>
       </c>
       <c r="F453">
-        <v>0</v>
+        <v>46</v>
+      </c>
+      <c r="G453">
+        <v>439</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
+        <v>1347</v>
+      </c>
+      <c r="B454" t="s">
         <v>1348</v>
       </c>
-      <c r="B454" t="s">
+      <c r="C454" t="s">
         <v>1349</v>
       </c>
-      <c r="C454" t="s">
+      <c r="D454" t="s">
         <v>1350</v>
       </c>
-      <c r="D454" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E454">
         <v>1</v>
       </c>
       <c r="F454">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>255</v>
+        <v>0</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
         <v>1351</v>
       </c>
       <c r="B455" t="s">
         <v>1352</v>
       </c>
       <c r="C455" t="s">
         <v>1353</v>
       </c>
       <c r="D455" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E455">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="F455">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>0</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
         <v>1354</v>
       </c>
       <c r="B456" t="s">
         <v>1355</v>
       </c>
       <c r="C456" t="s">
         <v>1356</v>
       </c>
-      <c r="D456" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E456">
-        <v>1</v>
+        <v>325</v>
       </c>
       <c r="F456">
-        <v>1</v>
-[...5 lines deleted...]
-        <v>28</v>
+        <v>0</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
         <v>1357</v>
       </c>
       <c r="B457" t="s">
         <v>1358</v>
       </c>
       <c r="C457" t="s">
         <v>1359</v>
       </c>
       <c r="D457" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E457">
         <v>1</v>
       </c>
       <c r="F457">
         <v>1</v>
       </c>
       <c r="G457">
-        <v>16</v>
+        <v>255</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
         <v>1360</v>
       </c>
       <c r="B458" t="s">
         <v>1361</v>
       </c>
       <c r="C458" t="s">
         <v>1362</v>
       </c>
       <c r="D458" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E458">
         <v>1</v>
       </c>
       <c r="F458">
         <v>1</v>
       </c>
       <c r="G458">
-        <v>14</v>
+        <v>36</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
         <v>1363</v>
       </c>
       <c r="B459" t="s">
         <v>1364</v>
       </c>
       <c r="C459" t="s">
         <v>1365</v>
       </c>
       <c r="D459" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E459">
         <v>1</v>
       </c>
       <c r="F459">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G459">
+        <v>16</v>
+      </c>
+      <c r="H459" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
         <v>1366</v>
       </c>
       <c r="B460" t="s">
         <v>1367</v>
       </c>
       <c r="C460" t="s">
         <v>1368</v>
       </c>
       <c r="D460" t="s">
         <v>15</v>
       </c>
       <c r="E460">
         <v>1</v>
       </c>
       <c r="F460">
         <v>1</v>
       </c>
       <c r="G460">
-        <v>1</v>
+        <v>16</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
         <v>1369</v>
       </c>
       <c r="B461" t="s">
         <v>1370</v>
       </c>
       <c r="C461" t="s">
         <v>1371</v>
       </c>
       <c r="D461" t="s">
         <v>15</v>
       </c>
       <c r="E461">
         <v>1</v>
       </c>
       <c r="F461">
         <v>1</v>
       </c>
       <c r="G461">
-        <v>142</v>
+        <v>14</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
         <v>1372</v>
       </c>
       <c r="B462" t="s">
         <v>1373</v>
       </c>
       <c r="C462" t="s">
         <v>1374</v>
       </c>
       <c r="D462" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E462">
         <v>1</v>
       </c>
       <c r="F462">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>57</v>
+        <v>0</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
         <v>1375</v>
       </c>
       <c r="B463" t="s">
         <v>1376</v>
       </c>
       <c r="C463" t="s">
         <v>1377</v>
       </c>
       <c r="D463" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E463">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F463">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G463">
-        <v>480</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>1</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
         <v>1378</v>
       </c>
       <c r="B464" t="s">
         <v>1379</v>
       </c>
       <c r="C464" t="s">
         <v>1380</v>
       </c>
       <c r="D464" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E464">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F464">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G464">
-        <v>117</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>142</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
         <v>1381</v>
       </c>
       <c r="B465" t="s">
         <v>1382</v>
       </c>
       <c r="C465" t="s">
         <v>1383</v>
       </c>
       <c r="D465" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E465">
         <v>1</v>
       </c>
       <c r="F465">
         <v>1</v>
       </c>
       <c r="G465">
-        <v>8</v>
+        <v>57</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
         <v>1384</v>
       </c>
       <c r="B466" t="s">
         <v>1385</v>
       </c>
       <c r="C466" t="s">
         <v>1386</v>
       </c>
       <c r="D466" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E466">
         <v>2</v>
       </c>
       <c r="F466">
         <v>2</v>
       </c>
       <c r="G466">
-        <v>140</v>
+        <v>480</v>
+      </c>
+      <c r="H466" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
         <v>1387</v>
       </c>
       <c r="B467" t="s">
         <v>1388</v>
       </c>
       <c r="C467" t="s">
         <v>1389</v>
       </c>
       <c r="D467" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E467">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F467">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="G467">
-        <v>13</v>
+        <v>117</v>
+      </c>
+      <c r="H467" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
         <v>1390</v>
       </c>
       <c r="B468" t="s">
         <v>1391</v>
       </c>
       <c r="C468" t="s">
         <v>1392</v>
       </c>
       <c r="D468" t="s">
         <v>15</v>
       </c>
       <c r="E468">
         <v>1</v>
       </c>
       <c r="F468">
         <v>1</v>
       </c>
       <c r="G468">
-        <v>170</v>
+        <v>8</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
         <v>1393</v>
       </c>
       <c r="B469" t="s">
         <v>1394</v>
       </c>
       <c r="C469" t="s">
         <v>1395</v>
       </c>
       <c r="D469" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E469">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F469">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G469">
         <v>140</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
         <v>1396</v>
       </c>
       <c r="B470" t="s">
         <v>1397</v>
       </c>
       <c r="C470" t="s">
         <v>1398</v>
       </c>
       <c r="D470" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E470">
         <v>1</v>
       </c>
       <c r="F470">
         <v>1</v>
       </c>
       <c r="G470">
-        <v>241</v>
+        <v>13</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
         <v>1399</v>
       </c>
       <c r="B471" t="s">
         <v>1400</v>
       </c>
       <c r="C471" t="s">
         <v>1401</v>
       </c>
       <c r="D471" t="s">
         <v>15</v>
       </c>
       <c r="E471">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="F471">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="G471">
-        <v>35</v>
+        <v>170</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
         <v>1402</v>
       </c>
       <c r="B472" t="s">
         <v>1403</v>
       </c>
       <c r="C472" t="s">
         <v>1404</v>
       </c>
       <c r="D472" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E472">
         <v>1</v>
       </c>
       <c r="F472">
         <v>1</v>
       </c>
       <c r="G472">
-        <v>3420</v>
+        <v>140</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
         <v>1405</v>
       </c>
       <c r="B473" t="s">
         <v>1406</v>
       </c>
       <c r="C473" t="s">
         <v>1407</v>
       </c>
       <c r="D473" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E473">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F473">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G473">
+        <v>241</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
         <v>1408</v>
       </c>
       <c r="B474" t="s">
         <v>1409</v>
       </c>
       <c r="C474" t="s">
         <v>1410</v>
       </c>
       <c r="D474" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E474">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="F474">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="G474">
-        <v>428</v>
+        <v>35</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
         <v>1411</v>
       </c>
       <c r="B475" t="s">
         <v>1412</v>
       </c>
       <c r="C475" t="s">
         <v>1413</v>
       </c>
       <c r="D475" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E475">
         <v>1</v>
       </c>
       <c r="F475">
         <v>1</v>
       </c>
       <c r="G475">
-        <v>30</v>
+        <v>3420</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
         <v>1414</v>
       </c>
       <c r="B476" t="s">
         <v>1415</v>
       </c>
       <c r="C476" t="s">
         <v>1416</v>
       </c>
       <c r="D476" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E476">
-        <v>45</v>
+        <v>3</v>
       </c>
       <c r="F476">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>9328</v>
+        <v>0</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
         <v>1417</v>
       </c>
       <c r="B477" t="s">
         <v>1418</v>
       </c>
       <c r="C477" t="s">
         <v>1419</v>
       </c>
       <c r="D477" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E477">
-        <v>45</v>
+        <v>3</v>
       </c>
       <c r="F477">
-        <v>45</v>
+        <v>3</v>
+      </c>
+      <c r="G477">
+        <v>428</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
         <v>1420</v>
       </c>
       <c r="B478" t="s">
         <v>1421</v>
       </c>
       <c r="C478" t="s">
         <v>1422</v>
       </c>
       <c r="D478" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E478">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="F478">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="G478">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
         <v>1423</v>
       </c>
       <c r="B479" t="s">
         <v>1424</v>
       </c>
       <c r="C479" t="s">
         <v>1425</v>
       </c>
       <c r="D479" t="s">
         <v>11</v>
       </c>
       <c r="E479">
-        <v>1</v>
+        <v>45</v>
       </c>
       <c r="F479">
-        <v>1</v>
+        <v>45</v>
       </c>
       <c r="G479">
-        <v>201</v>
+        <v>9328</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
         <v>1426</v>
       </c>
       <c r="B480" t="s">
         <v>1427</v>
       </c>
       <c r="C480" t="s">
         <v>1428</v>
       </c>
       <c r="D480" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E480">
-        <v>1</v>
+        <v>45</v>
       </c>
       <c r="F480">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>45</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
         <v>1429</v>
       </c>
       <c r="B481" t="s">
         <v>1430</v>
       </c>
       <c r="C481" t="s">
         <v>1431</v>
       </c>
+      <c r="D481" t="s">
+        <v>15</v>
+      </c>
       <c r="E481">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="F481">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="G481">
-        <v>17</v>
+        <v>15</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
         <v>1432</v>
       </c>
       <c r="B482" t="s">
         <v>1433</v>
       </c>
       <c r="C482" t="s">
         <v>1434</v>
       </c>
       <c r="D482" t="s">
         <v>11</v>
       </c>
       <c r="E482">
         <v>1</v>
       </c>
       <c r="F482">
         <v>1</v>
       </c>
       <c r="G482">
-        <v>17</v>
+        <v>201</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
         <v>1435</v>
       </c>
       <c r="B483" t="s">
         <v>1436</v>
       </c>
       <c r="C483" t="s">
         <v>1437</v>
       </c>
       <c r="D483" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E483">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F483">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G483">
-        <v>10</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>125</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
         <v>1438</v>
       </c>
       <c r="B484" t="s">
         <v>1439</v>
       </c>
       <c r="C484" t="s">
         <v>1440</v>
       </c>
-      <c r="D484" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E484">
-        <v>103</v>
+        <v>1</v>
       </c>
       <c r="F484">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>1</v>
+      </c>
+      <c r="G484">
+        <v>17</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
         <v>1441</v>
       </c>
       <c r="B485" t="s">
         <v>1442</v>
       </c>
       <c r="C485" t="s">
         <v>1443</v>
       </c>
       <c r="D485" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="E485">
         <v>1</v>
       </c>
       <c r="F485">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="G485">
+        <v>17</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
         <v>1444</v>
       </c>
       <c r="B486" t="s">
         <v>1445</v>
       </c>
       <c r="C486" t="s">
         <v>1446</v>
       </c>
       <c r="D486" t="s">
         <v>15</v>
       </c>
       <c r="E486">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F486">
-        <v>0</v>
+        <v>3</v>
+      </c>
+      <c r="G486">
+        <v>10</v>
       </c>
       <c r="H486" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
         <v>1447</v>
       </c>
       <c r="B487" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="C487" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="D487" t="s">
-        <v>898</v>
+        <v>15</v>
       </c>
       <c r="E487">
-        <v>5</v>
+        <v>103</v>
       </c>
       <c r="F487">
         <v>0</v>
       </c>
       <c r="H487" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="B488" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="C488" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="D488" t="s">
         <v>15</v>
       </c>
       <c r="E488">
-        <v>111</v>
+        <v>1</v>
       </c>
       <c r="F488">
         <v>0</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="B489" t="s">
-        <v>1453</v>
+        <v>1454</v>
       </c>
       <c r="C489" t="s">
-        <v>1454</v>
+        <v>1455</v>
       </c>
       <c r="D489" t="s">
-        <v>898</v>
+        <v>15</v>
       </c>
       <c r="E489">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F489">
         <v>0</v>
       </c>
       <c r="H489" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
-        <v>1455</v>
+        <v>1456</v>
       </c>
       <c r="B490" t="s">
         <v>1456</v>
       </c>
       <c r="C490" t="s">
         <v>1457</v>
       </c>
       <c r="D490" t="s">
-        <v>15</v>
+        <v>907</v>
       </c>
       <c r="E490">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F490">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>0</v>
+      </c>
+      <c r="H490" t="s">
+        <v>28</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
         <v>1458</v>
       </c>
       <c r="B491" t="s">
         <v>1459</v>
       </c>
       <c r="C491" t="s">
         <v>1460</v>
       </c>
       <c r="D491" t="s">
-        <v>653</v>
+        <v>15</v>
       </c>
       <c r="E491">
-        <v>385</v>
+        <v>111</v>
       </c>
       <c r="F491">
         <v>0</v>
       </c>
-      <c r="H491" t="s">
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B492" t="s">
+        <v>1462</v>
+      </c>
+      <c r="C492" t="s">
+        <v>1463</v>
+      </c>
+      <c r="D492" t="s">
+        <v>907</v>
+      </c>
+      <c r="E492">
+        <v>1</v>
+      </c>
+      <c r="F492">
+        <v>0</v>
+      </c>
+      <c r="H492" t="s">
         <v>28</v>
+      </c>
+    </row>
+    <row r="493" spans="1:8">
+      <c r="A493" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B493" t="s">
+        <v>1465</v>
+      </c>
+      <c r="C493" t="s">
+        <v>1466</v>
+      </c>
+      <c r="D493" t="s">
+        <v>15</v>
+      </c>
+      <c r="E493">
+        <v>1</v>
+      </c>
+      <c r="F493">
+        <v>1</v>
+      </c>
+      <c r="G493">
+        <v>180</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>1461</v>
+        <v>1467</v>
+      </c>
+      <c r="B494" t="s">
+        <v>1468</v>
+      </c>
+      <c r="C494" t="s">
+        <v>1469</v>
+      </c>
+      <c r="D494" t="s">
+        <v>662</v>
+      </c>
+      <c r="E494">
+        <v>385</v>
+      </c>
+      <c r="F494">
+        <v>0</v>
+      </c>
+      <c r="H494" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="497" spans="1:8">
+      <c r="A497" t="s">
+        <v>1470</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="H7" r:id="rId_hyperlink_1"/>
     <hyperlink ref="H12" r:id="rId_hyperlink_2"/>
     <hyperlink ref="H13" r:id="rId_hyperlink_3"/>
     <hyperlink ref="H14" r:id="rId_hyperlink_4"/>
     <hyperlink ref="H20" r:id="rId_hyperlink_5"/>
-    <hyperlink ref="H35" r:id="rId_hyperlink_6"/>
-[...34 lines deleted...]
-    <hyperlink ref="H250" r:id="rId_hyperlink_41"/>
+    <hyperlink ref="H36" r:id="rId_hyperlink_6"/>
+    <hyperlink ref="H37" r:id="rId_hyperlink_7"/>
+    <hyperlink ref="H39" r:id="rId_hyperlink_8"/>
+    <hyperlink ref="H42" r:id="rId_hyperlink_9"/>
+    <hyperlink ref="H61" r:id="rId_hyperlink_10"/>
+    <hyperlink ref="H63" r:id="rId_hyperlink_11"/>
+    <hyperlink ref="H69" r:id="rId_hyperlink_12"/>
+    <hyperlink ref="H70" r:id="rId_hyperlink_13"/>
+    <hyperlink ref="H71" r:id="rId_hyperlink_14"/>
+    <hyperlink ref="H75" r:id="rId_hyperlink_15"/>
+    <hyperlink ref="H85" r:id="rId_hyperlink_16"/>
+    <hyperlink ref="H86" r:id="rId_hyperlink_17"/>
+    <hyperlink ref="H87" r:id="rId_hyperlink_18"/>
+    <hyperlink ref="H125" r:id="rId_hyperlink_19"/>
+    <hyperlink ref="H153" r:id="rId_hyperlink_20"/>
+    <hyperlink ref="H154" r:id="rId_hyperlink_21"/>
+    <hyperlink ref="H161" r:id="rId_hyperlink_22"/>
+    <hyperlink ref="H164" r:id="rId_hyperlink_23"/>
+    <hyperlink ref="H172" r:id="rId_hyperlink_24"/>
+    <hyperlink ref="H179" r:id="rId_hyperlink_25"/>
+    <hyperlink ref="H180" r:id="rId_hyperlink_26"/>
+    <hyperlink ref="H189" r:id="rId_hyperlink_27"/>
+    <hyperlink ref="H194" r:id="rId_hyperlink_28"/>
+    <hyperlink ref="H195" r:id="rId_hyperlink_29"/>
+    <hyperlink ref="H198" r:id="rId_hyperlink_30"/>
+    <hyperlink ref="H203" r:id="rId_hyperlink_31"/>
+    <hyperlink ref="H210" r:id="rId_hyperlink_32"/>
+    <hyperlink ref="H215" r:id="rId_hyperlink_33"/>
+    <hyperlink ref="H220" r:id="rId_hyperlink_34"/>
+    <hyperlink ref="H225" r:id="rId_hyperlink_35"/>
+    <hyperlink ref="H226" r:id="rId_hyperlink_36"/>
+    <hyperlink ref="H227" r:id="rId_hyperlink_37"/>
+    <hyperlink ref="H228" r:id="rId_hyperlink_38"/>
+    <hyperlink ref="H232" r:id="rId_hyperlink_39"/>
+    <hyperlink ref="H241" r:id="rId_hyperlink_40"/>
+    <hyperlink ref="H252" r:id="rId_hyperlink_41"/>
     <hyperlink ref="H253" r:id="rId_hyperlink_42"/>
-    <hyperlink ref="H255" r:id="rId_hyperlink_43"/>
-[...8 lines deleted...]
-    <hyperlink ref="H302" r:id="rId_hyperlink_52"/>
+    <hyperlink ref="H256" r:id="rId_hyperlink_43"/>
+    <hyperlink ref="H258" r:id="rId_hyperlink_44"/>
+    <hyperlink ref="H259" r:id="rId_hyperlink_45"/>
+    <hyperlink ref="H264" r:id="rId_hyperlink_46"/>
+    <hyperlink ref="H275" r:id="rId_hyperlink_47"/>
+    <hyperlink ref="H277" r:id="rId_hyperlink_48"/>
+    <hyperlink ref="H285" r:id="rId_hyperlink_49"/>
+    <hyperlink ref="H286" r:id="rId_hyperlink_50"/>
+    <hyperlink ref="H290" r:id="rId_hyperlink_51"/>
+    <hyperlink ref="H300" r:id="rId_hyperlink_52"/>
     <hyperlink ref="H305" r:id="rId_hyperlink_53"/>
-    <hyperlink ref="H316" r:id="rId_hyperlink_54"/>
-[...2 lines deleted...]
-    <hyperlink ref="H334" r:id="rId_hyperlink_57"/>
+    <hyperlink ref="H308" r:id="rId_hyperlink_54"/>
+    <hyperlink ref="H319" r:id="rId_hyperlink_55"/>
+    <hyperlink ref="H320" r:id="rId_hyperlink_56"/>
+    <hyperlink ref="H335" r:id="rId_hyperlink_57"/>
     <hyperlink ref="H337" r:id="rId_hyperlink_58"/>
-    <hyperlink ref="H338" r:id="rId_hyperlink_59"/>
-[...13 lines deleted...]
-    <hyperlink ref="H418" r:id="rId_hyperlink_73"/>
+    <hyperlink ref="H340" r:id="rId_hyperlink_59"/>
+    <hyperlink ref="H341" r:id="rId_hyperlink_60"/>
+    <hyperlink ref="H342" r:id="rId_hyperlink_61"/>
+    <hyperlink ref="H368" r:id="rId_hyperlink_62"/>
+    <hyperlink ref="H369" r:id="rId_hyperlink_63"/>
+    <hyperlink ref="H370" r:id="rId_hyperlink_64"/>
+    <hyperlink ref="H371" r:id="rId_hyperlink_65"/>
+    <hyperlink ref="H376" r:id="rId_hyperlink_66"/>
+    <hyperlink ref="H386" r:id="rId_hyperlink_67"/>
+    <hyperlink ref="H387" r:id="rId_hyperlink_68"/>
+    <hyperlink ref="H388" r:id="rId_hyperlink_69"/>
+    <hyperlink ref="H389" r:id="rId_hyperlink_70"/>
+    <hyperlink ref="H391" r:id="rId_hyperlink_71"/>
+    <hyperlink ref="H398" r:id="rId_hyperlink_72"/>
+    <hyperlink ref="H415" r:id="rId_hyperlink_73"/>
     <hyperlink ref="H421" r:id="rId_hyperlink_74"/>
-    <hyperlink ref="H423" r:id="rId_hyperlink_75"/>
-[...2 lines deleted...]
-    <hyperlink ref="H427" r:id="rId_hyperlink_78"/>
+    <hyperlink ref="H424" r:id="rId_hyperlink_75"/>
+    <hyperlink ref="H426" r:id="rId_hyperlink_76"/>
+    <hyperlink ref="H427" r:id="rId_hyperlink_77"/>
+    <hyperlink ref="H429" r:id="rId_hyperlink_78"/>
     <hyperlink ref="H430" r:id="rId_hyperlink_79"/>
-    <hyperlink ref="H431" r:id="rId_hyperlink_80"/>
-[...13 lines deleted...]
-    <hyperlink ref="A494" r:id="rId_hyperlink_94"/>
+    <hyperlink ref="H433" r:id="rId_hyperlink_80"/>
+    <hyperlink ref="H434" r:id="rId_hyperlink_81"/>
+    <hyperlink ref="H435" r:id="rId_hyperlink_82"/>
+    <hyperlink ref="H436" r:id="rId_hyperlink_83"/>
+    <hyperlink ref="H437" r:id="rId_hyperlink_84"/>
+    <hyperlink ref="H450" r:id="rId_hyperlink_85"/>
+    <hyperlink ref="H459" r:id="rId_hyperlink_86"/>
+    <hyperlink ref="H466" r:id="rId_hyperlink_87"/>
+    <hyperlink ref="H467" r:id="rId_hyperlink_88"/>
+    <hyperlink ref="H486" r:id="rId_hyperlink_89"/>
+    <hyperlink ref="H487" r:id="rId_hyperlink_90"/>
+    <hyperlink ref="H489" r:id="rId_hyperlink_91"/>
+    <hyperlink ref="H490" r:id="rId_hyperlink_92"/>
+    <hyperlink ref="H492" r:id="rId_hyperlink_93"/>
+    <hyperlink ref="H494" r:id="rId_hyperlink_94"/>
+    <hyperlink ref="A497" r:id="rId_hyperlink_95"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ASMI - Studi</vt:lpstr>